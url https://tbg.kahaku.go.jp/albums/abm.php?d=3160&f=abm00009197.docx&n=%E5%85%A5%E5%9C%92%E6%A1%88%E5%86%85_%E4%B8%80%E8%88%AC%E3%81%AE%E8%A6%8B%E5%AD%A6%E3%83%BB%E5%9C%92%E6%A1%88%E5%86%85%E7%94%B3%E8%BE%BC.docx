--- v0 (2025-11-15)
+++ v1 (2026-01-07)
@@ -3,185 +3,487 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/x-emf" Extension="emf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00B77585" w:rsidRDefault="00583E32">
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00B77585" w:rsidRDefault="00D15CA7">
       <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5852CEE4" wp14:editId="35E5D152">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5346065</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-134620</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1419225" cy="504825"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="12" name="テキスト ボックス 11">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C000000}"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1419225" cy="504825"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00B76450" w:rsidRPr="00B76450" w:rsidRDefault="00B76450" w:rsidP="00152269">
+                            <w:pPr>
+                              <w:pStyle w:val="Web"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="340" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B76450">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>お申込日</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00B76450" w:rsidRPr="00B76450" w:rsidRDefault="002D16EB" w:rsidP="00152269">
+                            <w:pPr>
+                              <w:pStyle w:val="Web"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="340" w:lineRule="exact"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  </w:t>
+                            </w:r>
+                            <w:r w:rsidR="0010716A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00B76450" w:rsidRPr="00B76450">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">年　　</w:t>
+                            </w:r>
+                            <w:r w:rsidR="008B5904">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00B76450" w:rsidRPr="00B76450">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">月　</w:t>
+                            </w:r>
+                            <w:r w:rsidR="008B5904">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00B76450" w:rsidRPr="00B76450">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                                <w:color w:val="000000" w:themeColor="dark1"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">　日</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="5852CEE4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="テキスト ボックス 11" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:420.95pt;margin-top:-10.6pt;width:111.75pt;height:39.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQDXSi2EoQIAAG8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd/lZWrpo6US7BSEh hhg8gOc4a4RjB9trUqbdtBLiIXgFxDXPkxfh2PnpNARCiFw4xz6/33eOfXrWlBxtmNKFFAkOjnyM mKAyK8RNgt+/SydzjLQhIiNcCpbgLdP4bPH0yWldxSyUa8kzphAEETquqwSvjaliz9N0zUqij2TF BChzqUpiYKtuvEyRGqKX3At9f+bVUmWVkpRpDafnnRIvXPw8Z9Rc5rlmBvEEQ23Grcqt13b1Fqck vlGkWhe0L4P8QxUlKQQkHUOdE0PQrSp+CVUWVEktc3NEZenJPC8ocxgATeA/QnO1JhVzWIAcXY00 6f8Xlr7evFGoyKB3IUaClNCjdv+53X1rdz/a/RfU7r+2+327+w57FAQOJGvMK20sXJA6mHdpGi6n F2k0SUGaRP4ymiwvopNJGh7PL8Jn6So8nt1b72AWU8WIgYF5mQ2UB7O/g9Q335IVeY50V/ud338T +M/t4h8Wf9Up722zPVfz8HcovLrSsePBTo0TryogxTRL2QAv1s2eazi0mJtclfYPzUOgh6najpNk +aDWKQpOwnCKEQXd1I/mIHfZB+9KafOCyRJZIcEKJtVxSzZQVGc6mNhkQqYF53BOYi5QneDZ8dR3 DlryIrNKq3P3hq24QhsCE28aVz2AfmAFOy6AgQMmJ5ktZ134tywHVgFF2CWwd/EQM/swxOQCLK1L DtlHp25EHhXCzeDU21o35u7n6NjD+V220dpllMKMjmUhpPpzqXlnP6DusFrYprlu+v5ey2wLbYfH zFzCknMJNFNeVBitpfr0+KyGRyPB+uMtUQwjZfhKdm8MERTsgXxXkpDPb43MC9dTm7FL01cCt9rN Yv8C2Wfj4d5ZHd7JxU8AAAD//wMAUEsDBBQABgAIAAAAIQD7RxvZ4QAAAAsBAAAPAAAAZHJzL2Rv d25yZXYueG1sTI9NT4NAFEX3Jv6HyTNx1w4gbSjl0SiJxsR0AXXjbso8gXQ+CDNt8d87Xeny5Z7c e16xm7ViF5rcYA1CvIyAkWmtHEyH8Hl4XWTAnBdGCmUNIfyQg115f1eIXNqrqenS+I6FEuNygdB7 P+acu7YnLdzSjmRC9m0nLXw4p47LSVxDuVY8iaI112IwYaEXI1U9tafmrBGqk3zhb3XWfNRVSlLt v/aH9xHx8WF+3gLzNPs/GG76QR3K4HS0ZyMdUwhZGm8CirBI4gTYjYjWqxTYEWGVPQEvC/7/h/IX AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250 ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA10othKECAABvBQAADgAAAAAAAAAAAAAAAAAu AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+0cb2eEAAAALAQAADwAAAAAAAAAAAAAA AAD7BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAkGAAAAAA== " filled="f" strokecolor="black [3213]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00B76450" w:rsidRPr="00B76450" w:rsidRDefault="00B76450" w:rsidP="00152269">
+                      <w:pPr>
+                        <w:pStyle w:val="Web"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="340" w:lineRule="exact"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B76450">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>お申込日</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00B76450" w:rsidRPr="00B76450" w:rsidRDefault="002D16EB" w:rsidP="00152269">
+                      <w:pPr>
+                        <w:pStyle w:val="Web"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="340" w:lineRule="exact"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  </w:t>
+                      </w:r>
+                      <w:r w:rsidR="0010716A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00B76450" w:rsidRPr="00B76450">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">年　　</w:t>
+                      </w:r>
+                      <w:r w:rsidR="008B5904">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00B76450" w:rsidRPr="00B76450">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">月　</w:t>
+                      </w:r>
+                      <w:r w:rsidR="008B5904">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00B76450" w:rsidRPr="00B76450">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                          <w:color w:val="000000" w:themeColor="dark1"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">　日</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00583E32">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CEDB95D" wp14:editId="36ECF628">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>1239520</wp:posOffset>
+                  <wp:posOffset>1101420</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-182245</wp:posOffset>
+                  <wp:posOffset>-183515</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4000500" cy="466725"/>
+                <wp:extent cx="4425351" cy="466725"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="正方形/長方形 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4000500" cy="466725"/>
+                          <a:ext cx="4425351" cy="466725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                           <a:noFill/>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00B76450" w:rsidRPr="002D16EB" w:rsidRDefault="00B76450" w:rsidP="00B76450">
+                          <w:p w:rsidR="00B76450" w:rsidRPr="00F01073" w:rsidRDefault="00B76450" w:rsidP="00B76450">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                                 <w:b/>
-                                <w:sz w:val="32"/>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="44"/>
+                                <w:szCs w:val="44"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00AC0831">
+                            <w:r w:rsidRPr="00F01073">
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                                 <w:b/>
-                                <w:sz w:val="40"/>
-[...11 lines deleted...]
-                              <w:t>書</w:t>
+                                <w:sz w:val="44"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t>団体見学・一般案内申込書</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="2CEDB95D" id="正方形/長方形 2" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:97.6pt;margin-top:-14.35pt;width:315pt;height:36.75pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQDMBpaFdAIAALQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdDer9IdVN1XUqgip aiulqOeJ15u15D9sJ7vlPeAB4MwZceBxqMRbMPZuk6hwQlycGc/sNzOfv8npWa8k2XDnhdEVnRzk lHDNTC30qqLv7i5fnVDiA+gapNG8og/c07PZyxennS15YVoja+4IgmhfdraibQi2zDLPWq7AHxjL NQYb4xQEdN0qqx10iK5kVuT5UdYZV1tnGPceby+GIJ0l/KbhLNw0jeeByIpibyGdLp3LeGazUyhX Dmwr2NgG/EMXCoTGoluoCwhA1k78AaUEc8abJhwwozLTNILxNANOM8mfTbNowfI0C5Lj7ZYm//9g 2fXm1hFRV7SgRIPCJ3r8+uXx0/efPz5nvz5+GyxSRKI660vMX9hbN3oezTh13zgVf3Ee0idyH7bk 8j4QhpfTPM8Pc3wDhrHp0dFxcRhBs93X1vnwhhtFolFRh4+XOIXNlQ9D6lNKLKbNpZAS76GUmnSo vuI44QPqqJEQsJSyOJnXK0pArlCgLLgEufdthLwA35INoEa8kaIeVKFEQGlKoSp6gr0j9NCD1LEk T+IaG4vMDFxEK/TLHlOjuTT1A/LrzCA8b9mlwHpX4MMtOFQa8oHbE27waKTBIcxoUdIa9+Fv9zEf BYBRSjpULjb9fg2OUyLfapTG68l0GqWenOnhcYGO248s9yN6rc4NDj7BPbUsmTE/yCezcUbd45LN Y1UMgWZYe6BydM7DsFG4pozP5ykN5W0hXOmFZRE8UhaZvuvvwdnxhQNq49o8qRzKZw895A5PPV8H 04ikgh2vqJ7o4GokHY1rHHdv309Zuz+b2W8AAAD//wMAUEsDBBQABgAIAAAAIQD4gsNi3gAAAAoB AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWoeogAlxKkBCCHVRUWDv2G4SEY8j 23n075muYHlnju6cKbeL69lkQ+w8SrhZZ8Asam86bCR8fb6uBLCYFBrVe7QSTjbCtrq8KFVh/Iwf djqkhlEJxkJJaFMaCs6jbq1Tce0Hi7Q7+uBUohgaboKaqdz1PM+yO+5Uh3ShVYN9aa3+OYxOwrc/ Ps9O1/g+nfbd+LYLWoudlNdXy9MjsGSX9AfDWZ/UoSKn2o9oIuspP9zmhEpY5eIeGBEiP09qCZuN AF6V/P8L1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzAaWhXQCAAC0BAAADgAAAAAA AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+ILDYt4AAAAKAQAADwAA AAAAAAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA== " filled="f" stroked="f" strokeweight="1pt">
+              <v:rect w14:anchorId="2CEDB95D" id="正方形/長方形 2" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:86.75pt;margin-top:-14.45pt;width:348.45pt;height:36.75pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQCSAFwydwIAALsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdJMlacuqmypqVYRU lUot6nnitbOW/IftZLe8BzwAnDkjDjwOlXgLxt5tGxVOiBycGc94fr75Zo+Oe63IlvsgranpdG9C CTfMNtKsa/ru+uzFISUhgmlAWcNressDPV48f3bUuYqXtrWq4Z5gEBOqztW0jdFVRRFYyzWEPeu4 QaOwXkNE1a+LxkOH0bUqyslkv+isb5y3jIeAt6eDkS5yfCE4i2+FCDwSVVOsLebT53OVzmJxBNXa g2slG8uAf6hCgzSY9CHUKUQgGy//CKUl8zZYEfeY1YUVQjKee8BuppMn3Vy14HjuBcEJ7gGm8P/C sovtpSeyqWlJiQGNI7r7+uXu0/efPz4Xvz5+GyRSJqA6Fyr0v3KXftQCiqnrXnid/rEf0mdwbx/A 5X0kDC9ns3L+cj6lhKFttr9/UM5T0OLxtfMhvuZWkyTU1OPwMqawPQ9xcL13ScmMPZNK4T1UypAO 2VceTHDGDJBHQkFEUTvsLJg1JaDWSFAWfQ658zaFPIXQki0gR4JVshlYoWVEaiqpa3o4Sb+xXGVS Sp7JNRaWkBmwSFLsV32GdJpepJuVbW4RZm8H/gXHziSmPYcQL8Ej4bBsXKL4Fg+hLPZiR4mS1voP f7tP/sgDtFLSIYGx9vcb8JwS9cYgQ15NZ7PE+KzM5gclKn7Xstq1mI0+sdg/zgery2Lyj+peFN7q G9y1ZcqKJjAMcw+IjspJHBYLt5Xx5TK7IcsdxHNz5VgKnpBLgF/3N+DdOOiIFLmw92SH6sm8B99h 4stNtEJmMjziiiRKCm5IptO4zWkFd/Xs9fjNWfwGAAD//wMAUEsDBBQABgAIAAAAIQAf3QWW3wAA AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsWocS2hDiVICEEOoCUdq9Y7tJ RDyObOfRv2dYleXVHN17ptjOtmOj8aF1KOBumQAzqJxusRZw+H5bZMBClKhl59AIOJsA2/L6qpC5 dhN+mXEfa0YlGHIpoImxzzkPqjFWhqXrDdLt5LyVkaKvufZyonLb8VWSrLmVLdJCI3vz2hj1sx+s gKM7vUxWVfgxnj/b4X3nlcp2QtzezM9PwKKZ4wWGP31Sh5KcKjegDqyjvLl/IFTAYpU9AiMi2yQp sEpAmq6BlwX//0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJIAXDJ3AgAAuwQAAA4A AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAB/dBZbfAAAACgEA AA8AAAAAAAAAAAAAAAAA0QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA= " filled="f" stroked="f" strokeweight="1pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00B76450" w:rsidRPr="002D16EB" w:rsidRDefault="00B76450" w:rsidP="00B76450">
+                    <w:p w:rsidR="00B76450" w:rsidRPr="00F01073" w:rsidRDefault="00B76450" w:rsidP="00B76450">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                           <w:b/>
-                          <w:sz w:val="32"/>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="44"/>
+                          <w:szCs w:val="44"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00AC0831">
+                      <w:r w:rsidRPr="00F01073">
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                           <w:b/>
-                          <w:sz w:val="40"/>
-[...11 lines deleted...]
-                        <w:t>書</w:t>
+                          <w:sz w:val="44"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t>団体見学・一般案内申込書</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00583E32">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-215900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-144145</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1676400" cy="762000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="正方形/長方形 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
@@ -213,855 +515,466 @@
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w:rsidR="00157EA4" w:rsidRPr="002D16EB" w:rsidRDefault="00157EA4" w:rsidP="00B76450">
                             <w:pPr>
                               <w:spacing w:line="320" w:lineRule="exact"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002D16EB">
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>筑波実験植物園行き</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="000F3230" w:rsidRPr="002D16EB" w:rsidRDefault="000F3230" w:rsidP="00B76450">
+                          <w:p w:rsidR="000F3230" w:rsidRPr="00D15CA7" w:rsidRDefault="000F3230" w:rsidP="00B76450">
                             <w:pPr>
                               <w:spacing w:line="320" w:lineRule="exact"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="002D16EB">
+                            <w:r w:rsidRPr="00D15CA7">
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>E-MAIL</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="002D16EB">
+                            <w:r w:rsidRPr="00D15CA7">
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>：</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="002D16EB">
+                            <w:r w:rsidRPr="00D15CA7">
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>guide@kahaku.go.jp</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00157EA4" w:rsidRPr="002D16EB" w:rsidRDefault="00157EA4" w:rsidP="00B76450">
+                          <w:p w:rsidR="00157EA4" w:rsidRPr="00D15CA7" w:rsidRDefault="00157EA4" w:rsidP="00B76450">
                             <w:pPr>
                               <w:spacing w:line="320" w:lineRule="exact"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="002D16EB">
+                            <w:r w:rsidRPr="00D15CA7">
                               <w:rPr>
                                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="18"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>FAX：029-853-8998</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="000F3230" w:rsidRDefault="000F3230"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="正方形/長方形 1" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:-17pt;margin-top:-11.35pt;width:132pt;height:60pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQBXQQ5yngIAAHgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdJMoTSHqpopSFSFV bUWLena8dncl22NsJ7vhPeAB4MwZceBxqMRbMPZuNqGtOCAuu+P5//lmjk8archaOF+ByenwYECJ MByKytzl9N3N2YuXlPjATMEUGJHTjfD0ZPb82XFtp2IEJahCOIJOjJ/WNqdlCHaaZZ6XQjN/AFYY FEpwmgV8uruscKxG71plo8FgktXgCuuAC++Re9oK6Sz5l1LwcCmlF4GonGJuIX1d+i7jN5sds+md Y7aseJcG+4csNKsMBu1dnbLAyMpVj1zpijvwIMMBB52BlBUXqQasZjh4UM11yaxItWBzvO3b5P+f W36xvnKkKnB2lBimcUT3X7/cf/r+88fn7NfHby1FhrFRtfVT1L+2V657eSRj1Y10Ov6xHtKk5m76 5oomEI7M4eRoMh7gDDjKjiY4vNT9bGdtnQ+vBWgSiZw6HF7qKVuf+4ARUXWrEoMZOKuUSgNU5g8G KkZOFhNuU0xU2CgR9ZR5KyTWjEmNUoCENrFQjqwZ4oRxLkwYtqKSFaJlH2LG25R7i5RVchg9S0yo 9905iEh+7Lstp9OPpiKBtTce/C2x1ri3SJHBhN5YVwbcUw4UVtVFbvW3TWpbE7sUmmXT4QE1I2cJ xQYx4qBdHm/5WYUDOmc+XDGH24IzxQsQLvEjFdQ5hY6ipAT34Sl+1EcQo5SSGrcvp/79ijlBiXpj EN6vhuNxXNf0GB8ejfDh9iXLfYlZ6QXg4BDCmF0io35QW1I60Ld4KOYxKoqY4Rg7pzy47WMR2quA p4aL+Typ4YpaFs7NteXReexzBOBNc8uc7VAaEN8XsN1UNn0A1lY3WhqYrwLIKiF519duArjeCUrd KYr3Y/+dtHYHc/YbAAD//wMAUEsDBBQABgAIAAAAIQAr/zhR3wAAAAoBAAAPAAAAZHJzL2Rvd25y ZXYueG1sTI/NTsMwEITvSLyDtUjcWocE0RLiVICEEOqhosDdsbdJRLyOYuenb89ygtvuzmj2m2K3 uE5MOITWk4KbdQICyXjbUq3g8+NltQURoiarO0+o4IwBduXlRaFz62d6x+kYa8EhFHKtoImxz6UM pkGnw9r3SKyd/OB05HWopR30zOGuk2mS3EmnW+IPje7xuUHzfRydgi9/epqdqehtOh/a8XU/GLPd K3V9tTw+gIi4xD8z/OIzOpTMVPmRbBCdglV2y10iD2m6AcGONEv4Uim432Qgy0L+r1D+AAAA//8D AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFdBDnKeAgAAeAUAAA4AAAAAAAAAAAAAAAAALgIAAGRy cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACv/OFHfAAAACgEAAA8AAAAAAAAAAAAAAAAA+AQA AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA= " filled="f" stroked="f" strokeweight="1pt">
+              <v:rect id="正方形/長方形 1" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:-17pt;margin-top:-11.35pt;width:132pt;height:60pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQBs4Cc/oQIAAHgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNLur7RZWzVarVkVI VVvRop69jt1EcjzG9m6yvAc8AJw5Iw48DpV4C8Z2ki5txQFxSWY8/zPfzOFRWyuyEdZVoHM63htR IjSHotK3OX13ffriJSXOM10wBVrkdCscPVo8f3bYmLmYQAmqEJagE+3mjclp6b2ZZ5njpaiZ2wMj NAol2Jp5ZO1tVljWoPdaZZPRaJY1YAtjgQvn8PUkCeki+pdScH8hpROeqJxibj5+bfyuwjdbHLL5 rWWmrHiXBvuHLGpWaQw6uDphnpG1rR65qituwYH0exzqDKSsuIg1YDXj0YNqrkpmRKwFm+PM0Cb3 /9zy882lJVWBs6NEsxpHdPf1y92n7z9/fM5+ffyWKDIOjWqMm6P+lbm0HeeQDFW30tbhj/WQNjZ3 OzRXtJ5wfBzPDmbTEc6Ao+xghsOL3c/urY11/rWAmgQipxaHF3vKNmfOY0RU7VVCMA2nlVJxgEr/ 8YCK4SULCacUI+W3SgQ9pd8KiTVjUpMYIKJNHCtLNgxxwjgX2o+TqGSFSM/7mHGf8mARs4oOg2eJ CQ2+OwcByY99p3I6/WAqIlgH49HfEkvGg0WMDNoPxnWlwT7lQGFVXeSk3zcptSZ0yberNuJh0o98 BcUWMWIhLY8z/LTCAZ0x5y+ZxW3BmeIF8Bf4kQqanEJHUVKC/fDUe9BHEKOUkga3L6fu/ZpZQYl6 oxHer8bTaVjXyEz3DybI2F3Jalei1/Ux4OAQwphdJIO+Vz0pLdQ3eCiWISqKmOYYO6fc25459ukq 4KnhYrmMariihvkzfWV4cB76HAB43d4wazqUesT3OfSbyuYPwJp0g6WG5dqDrCKSQ6dTX7sJ4HpH KHWnKNyPXT5q3R/MxW8AAAD//wMAUEsDBBQABgAIAAAAIQAr/zhR3wAAAAoBAAAPAAAAZHJzL2Rv d25yZXYueG1sTI/NTsMwEITvSLyDtUjcWocE0RLiVICEEOqhosDdsbdJRLyOYuenb89ygtvuzmj2 m2K3uE5MOITWk4KbdQICyXjbUq3g8+NltQURoiarO0+o4IwBduXlRaFz62d6x+kYa8EhFHKtoImx z6UMpkGnw9r3SKyd/OB05HWopR30zOGuk2mS3EmnW+IPje7xuUHzfRydgi9/epqdqehtOh/a8XU/ GLPdK3V9tTw+gIi4xD8z/OIzOpTMVPmRbBCdglV2y10iD2m6AcGONEv4Uim432Qgy0L+r1D+AAAA //8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGzgJz+hAgAAeAUAAA4AAAAAAAAAAAAAAAAALgIA AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACv/OFHfAAAACgEAAA8AAAAAAAAAAAAAAAAA +wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA= " filled="f" stroked="f" strokeweight="1pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00157EA4" w:rsidRPr="002D16EB" w:rsidRDefault="00157EA4" w:rsidP="00B76450">
                       <w:pPr>
                         <w:spacing w:line="320" w:lineRule="exact"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002D16EB">
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>筑波実験植物園行き</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="000F3230" w:rsidRPr="002D16EB" w:rsidRDefault="000F3230" w:rsidP="00B76450">
+                    <w:p w:rsidR="000F3230" w:rsidRPr="00D15CA7" w:rsidRDefault="000F3230" w:rsidP="00B76450">
                       <w:pPr>
                         <w:spacing w:line="320" w:lineRule="exact"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="002D16EB">
+                      <w:r w:rsidRPr="00D15CA7">
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>E-MAIL</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="002D16EB">
+                      <w:r w:rsidRPr="00D15CA7">
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>：</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="002D16EB">
+                      <w:r w:rsidRPr="00D15CA7">
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>guide@kahaku.go.jp</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00157EA4" w:rsidRPr="002D16EB" w:rsidRDefault="00157EA4" w:rsidP="00B76450">
+                    <w:p w:rsidR="00157EA4" w:rsidRPr="00D15CA7" w:rsidRDefault="00157EA4" w:rsidP="00B76450">
                       <w:pPr>
                         <w:spacing w:line="320" w:lineRule="exact"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="002D16EB">
+                      <w:r w:rsidRPr="00D15CA7">
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="18"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>FAX：029-853-8998</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="000F3230" w:rsidRDefault="000F3230"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...316 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0093052F" w:rsidRDefault="00542C40">
-[...69 lines deleted...]
-    <w:p w:rsidR="00157EA4" w:rsidRDefault="00157EA4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="2501"/>
+        <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="2730"/>
         <w:tblW w:w="10249" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1990"/>
         <w:gridCol w:w="5273"/>
         <w:gridCol w:w="1140"/>
         <w:gridCol w:w="1846"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D60314" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="1264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A08D9" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:ind w:leftChars="50" w:left="105"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>案内希望の有無を　　　　　□に</w:t>
             </w:r>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
               <w:t>✓を入れて</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:ind w:firstLineChars="50" w:firstLine="105"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
               <w:t>ください</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>※旅行代理店からのお申込の場合、お客様に案内ご希望の有無を必ずご確認ください。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D60314" w:rsidRPr="008B5904" w:rsidRDefault="00B35EE0" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="008B5904" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:firstLineChars="300" w:firstLine="471"/>
               <w:rPr>
                 <w:szCs w:val="21"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0098387B">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidR="00D60314" w:rsidRPr="008B5904">
+            <w:r w:rsidRPr="008B5904">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">自由見学　</w:t>
             </w:r>
-            <w:r w:rsidR="00D60314" w:rsidRPr="008B5904">
+            <w:r w:rsidRPr="008B5904">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>(案内を希望しません)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D60314" w:rsidRPr="008B5904" w:rsidRDefault="00B35EE0" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="008B5904" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:firstLineChars="300" w:firstLine="471"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B5904">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="008B5904">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidR="00D60314" w:rsidRPr="008B5904">
+            <w:r w:rsidRPr="008B5904">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>５分程度の植物園紹介のみ、希望します。</w:t>
             </w:r>
-            <w:r w:rsidR="006C5698" w:rsidRPr="008B5904">
+            <w:r w:rsidRPr="008B5904">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00B35EE0" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:firstLineChars="300" w:firstLine="471"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B5904">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="008B5904">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidR="00D60314" w:rsidRPr="008B5904">
+            <w:r w:rsidRPr="008B5904">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>５分程度の植物園紹介と１０分程度の見ごろの植物の説明を希望します。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786273" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00786273" w:rsidRDefault="00786273" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:before="240" w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00786273" w:rsidRPr="002E689F" w:rsidRDefault="00786273" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:before="240" w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>見学日時</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00786273" w:rsidRPr="002E689F" w:rsidRDefault="00786273" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:before="240" w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">年　</w:t>
             </w:r>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1190,95 +1103,95 @@
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>時</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">　　分</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00786273" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="1105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00786273" w:rsidRDefault="00786273" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00786273" w:rsidRPr="008A788F" w:rsidRDefault="00786273" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="008A788F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A604C">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C32D3CD" wp14:editId="14F4247C">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F1C3A13" wp14:editId="48ECB4C8">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-40640</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>11430</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1069400" cy="219694"/>
                       <wp:effectExtent l="0" t="0" r="16510" b="28575"/>
                       <wp:wrapNone/>
                       <wp:docPr id="5" name="正方形/長方形 5"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1069400" cy="219694"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
@@ -1302,103 +1215,123 @@
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="2241AC6A" id="正方形/長方形 5" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-3.2pt;margin-top:.9pt;width:84.2pt;height:17.3pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQC3BPbAsQIAAJkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7aDpF2NOkXQIsOA oi3WDj0rshwbkEVNUv72HtsDrOedhx32OCuwtxgl2W7QFTsMy0EhTfKj+Inkyem2lWQtjG1AFTQ7 SCkRikPZqGVB39/OX72mxDqmSiZBiYLuhKWn05cvTjY6FyOoQZbCEARRNt/ogtbO6TxJLK9Fy+wB aKHQWIFpmUPVLJPSsA2itzIZpelhsgFTagNcWItfz6ORTgN+VQnurqrKCkdkQfFuLpwmnAt/JtMT li8N03XDu2uwf7hFyxqFSQeoc+YYWZnmD6i24QYsVO6AQ5tAVTVchBqwmix9Us1NzbQItSA5Vg80 2f8Hyy/X14Y0ZUEnlCjW4hM9fL1/+Pz9548vya9P36JEJp6ojbY5+t/oa9NpFkVf9bYyrf/Hesg2 kLsbyBVbRzh+zNLD43GKb8DRNsqOUfOgyWO0Nta9EdASLxTU4OMFTtn6wrro2rv4ZArmjZT4neVS kQ1mGB0hvtctyKb01qCY5eJMGrJm2APzeYq/LvGeG15DKryNrzFWFSS3kyImeCcqpAnrGMUMvkHF AMs4F8pl0VSzUsRsk/1kfUSoWSoE9MgV3nLA7gB6zwjSY0cGOn8fKkJ/D8Fd6X8LHiJCZlBuCG4b Bea5yiRW1WWO/j1JkRrP0gLKHTaRgThdVvN5gy94way7ZgbHCR8dV4S7wqOSgC8FnURJDebjc9+9 P3Y5WinZ4HgW1H5YMSMokW8V9v9xNh77eQ7KeHI0QsXsWxb7FrVqzwBfP8NlpHkQvb+TvVgZaO9w k8x8VjQxxTF3QbkzvXLm4trAXcTFbBbccIY1cxfqRnMP7ln1HXq7vWNGd23scAAuoR9llj/p5ujr IxXMVg6qJrT6I68d3zj/oXG6XeUXzL4evB436vQ3AAAA//8DAFBLAwQUAAYACAAAACEARsVsEtoA AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8iTuG3pBiqoNJ0QYicOwDaJq9dk bbXEiZJ0K/8e7wRHv/f8/LleT86Ks4lp8KRguShAGGq9HqhTsN9t5k8gUkbSaD0ZBT8mwbq5vamx 0v5CX+a8zZ3gEkoVKuhzDpWUqe2Nw7TwwRB7Rx8dZh5jJ3XEC5c7K1dFUUqHA/GFHoN57U172o6O MYL9DHr8OO2/l9Mmvun3hN2jUnez6eUZRDZT/gvDFZ93oGGmgx9JJ2EVzMsHTrLOD1ztcsWvHRTc sy6bWv7nb34BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtwT2wLECAACZBQAADgAAAAAA AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARsVsEtoAAAAHAQAADwAA AAAAAAAAAAAAAAALBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA== " filled="f" strokecolor="red" strokeweight="1pt"/>
+                    <v:rect w14:anchorId="5BA9CA23" id="正方形/長方形 5" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-3.2pt;margin-top:.9pt;width:84.2pt;height:17.3pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQC3BPbAsQIAAJkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7aDpF2NOkXQIsOA oi3WDj0rshwbkEVNUv72HtsDrOedhx32OCuwtxgl2W7QFTsMy0EhTfKj+Inkyem2lWQtjG1AFTQ7 SCkRikPZqGVB39/OX72mxDqmSiZBiYLuhKWn05cvTjY6FyOoQZbCEARRNt/ogtbO6TxJLK9Fy+wB aKHQWIFpmUPVLJPSsA2itzIZpelhsgFTagNcWItfz6ORTgN+VQnurqrKCkdkQfFuLpwmnAt/JtMT li8N03XDu2uwf7hFyxqFSQeoc+YYWZnmD6i24QYsVO6AQ5tAVTVchBqwmix9Us1NzbQItSA5Vg80 2f8Hyy/X14Y0ZUEnlCjW4hM9fL1/+Pz9548vya9P36JEJp6ojbY5+t/oa9NpFkVf9bYyrf/Hesg2 kLsbyBVbRzh+zNLD43GKb8DRNsqOUfOgyWO0Nta9EdASLxTU4OMFTtn6wrro2rv4ZArmjZT4neVS kQ1mGB0hvtctyKb01qCY5eJMGrJm2APzeYq/LvGeG15DKryNrzFWFSS3kyImeCcqpAnrGMUMvkHF AMs4F8pl0VSzUsRsk/1kfUSoWSoE9MgV3nLA7gB6zwjSY0cGOn8fKkJ/D8Fd6X8LHiJCZlBuCG4b Bea5yiRW1WWO/j1JkRrP0gLKHTaRgThdVvN5gy94way7ZgbHCR8dV4S7wqOSgC8FnURJDebjc9+9 P3Y5WinZ4HgW1H5YMSMokW8V9v9xNh77eQ7KeHI0QsXsWxb7FrVqzwBfP8NlpHkQvb+TvVgZaO9w k8x8VjQxxTF3QbkzvXLm4trAXcTFbBbccIY1cxfqRnMP7ln1HXq7vWNGd23scAAuoR9llj/p5ujr IxXMVg6qJrT6I68d3zj/oXG6XeUXzL4evB436vQ3AAAA//8DAFBLAwQUAAYACAAAACEARsVsEtoA AAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8iTuG3pBiqoNJ0QYicOwDaJq9dk bbXEiZJ0K/8e7wRHv/f8/LleT86Ks4lp8KRguShAGGq9HqhTsN9t5k8gUkbSaD0ZBT8mwbq5vamx 0v5CX+a8zZ3gEkoVKuhzDpWUqe2Nw7TwwRB7Rx8dZh5jJ3XEC5c7K1dFUUqHA/GFHoN57U172o6O MYL9DHr8OO2/l9Mmvun3hN2jUnez6eUZRDZT/gvDFZ93oGGmgx9JJ2EVzMsHTrLOD1ztcsWvHRTc sy6bWv7nb34BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtwT2wLECAACZBQAADgAAAAAA AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARsVsEtoAAAAHAQAADwAA AAAAAAAAAAAAAAALBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABIGAAAAAA== " filled="f" strokecolor="red" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="006A604C">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>※</w:t>
             </w:r>
-            <w:r w:rsidR="008A788F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>案内</w:t>
             </w:r>
             <w:r w:rsidRPr="006A604C">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>不可期間</w:t>
             </w:r>
-            <w:r w:rsidR="008A788F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidR="008A788F" w:rsidRPr="008A788F">
+            <w:r w:rsidR="00FA3B07">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>以下の期間は、一般園案内を受け付けておりません。</w:t>
+              <w:t>２０２５</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA3B07" w:rsidRPr="00FA3B07">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>年は</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A788F">
+              <w:rPr>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>以下の期間、一般園案内を受け付けておりません。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C66E50" w:rsidRDefault="00C66E50" w:rsidP="00C66E50">
+          <w:p w:rsidR="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002075D4">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3/4（火）～3/21（金）</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
@@ -1544,55 +1477,55 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>（</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66E50">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>金</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>）、</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C66E50" w:rsidRPr="00C66E50" w:rsidRDefault="00C66E50" w:rsidP="002075D4">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="00C66E50" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66E50">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7/23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>（</w:t>
             </w:r>
@@ -1966,541 +1899,500 @@
               <w:t>（</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66E50">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>木</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D60314" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
-              <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>団体名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D60314" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>代表者（担当者）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A08D9" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="524"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A08D9" w:rsidRPr="002E689F" w:rsidRDefault="005A08D9" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>連絡先</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="005A08D9" w:rsidRPr="009D5A9B" w:rsidRDefault="005A08D9" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="009D5A9B" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D5A9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>住所</w:t>
             </w:r>
             <w:r w:rsidRPr="009D5A9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>： 〒</w:t>
             </w:r>
             <w:r w:rsidRPr="009D5A9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="009D5A9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">　メールアドレス</w:t>
-[...7 lines deleted...]
-              <w:t>：</w:t>
+              <w:t xml:space="preserve">　メールアドレス：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A08D9" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="722"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="005A08D9" w:rsidRPr="002E689F" w:rsidRDefault="005A08D9" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="005A08D9" w:rsidRPr="009D5A9B" w:rsidRDefault="005A08D9" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="009D5A9B" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D5A9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>※当日ご連絡のつく番号をご記入ください。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005A08D9" w:rsidRPr="002E689F" w:rsidRDefault="005A08D9" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D5A9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ＴＥＬ：</w:t>
             </w:r>
             <w:r w:rsidRPr="00D06FC4">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　</w:t>
             </w:r>
-            <w:r w:rsidR="00D06FC4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">　　　</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">　</w:t>
+              <w:t xml:space="preserve">　　　　　　　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00D06FC4">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="009D5A9B">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ＦＡＸ：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D60314" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>見学者</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="005A08D9" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="005A08D9" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A08D9">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>未就学児</w:t>
             </w:r>
             <w:r w:rsidRPr="005A08D9">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  ・  小学生  ・  中学生  ・  高校生  ・  大学生  ・  一般  ・  ６５歳以上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D60314" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>学年または年代</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:ind w:firstLineChars="200" w:firstLine="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">（　　　　　　　　</w:t>
             </w:r>
-            <w:r w:rsidR="007603C8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　年生）　または　（　</w:t>
             </w:r>
-            <w:r w:rsidR="007603C8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　歳代）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D34D81" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D34D81" w:rsidRPr="002E689F" w:rsidRDefault="00D34D81" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>人数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D34D81" w:rsidRPr="00D34D81" w:rsidRDefault="00D34D81" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="00D34D81" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34D81">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">見学者　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">　　　　</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007603C8">
+              <w:t xml:space="preserve">　　　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D34D81">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">　</w:t>
+              <w:t>名　　・　引率</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">　　　</w:t>
+              <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34D81">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>名　　・　引率</w:t>
+              <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-            <w:r w:rsidR="007603C8">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34D81">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34D81">
               <w:rPr>
@@ -2510,382 +2402,1199 @@
               </w:rPr>
               <w:t>名</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34D81">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D34D81" w:rsidRPr="00D34D81" w:rsidRDefault="00D34D81" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="00D34D81" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34D81">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">バス　</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D34D81" w:rsidRPr="00D34D81" w:rsidRDefault="00D34D81" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="00D34D81" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34D81">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>台</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D60314" w:rsidTr="00786273">
+      <w:tr w:rsidR="00D15CA7" w:rsidTr="00D15CA7">
         <w:trPr>
-          <w:trHeight w:val="915"/>
+          <w:trHeight w:val="841"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>来園目的・</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D60314" w:rsidRPr="002E689F" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E689F">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>その他ご要望等</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8259" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60314" w:rsidRDefault="00D60314" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34D81">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>※ご要望に添えない場合もございます。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00617DEF" w:rsidRDefault="00617DEF" w:rsidP="00786273">
-[...9 lines deleted...]
-          <w:p w:rsidR="009D5A9B" w:rsidRPr="002E689F" w:rsidRDefault="009D5A9B" w:rsidP="00786273">
+          <w:p w:rsidR="00D15CA7" w:rsidRPr="002E689F" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
             <w:pPr>
               <w:spacing w:line="340" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE5851" w:rsidRDefault="00FE5851" w:rsidP="007A388E">
-[...3 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w:rsidR="0093052F" w:rsidRDefault="00D15CA7">
+      <w:r w:rsidRPr="00071E97">
         <w:rPr>
           <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cs="源真ゴシック等幅 Regular"/>
           <w:b/>
           <w:bCs/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:jc w:val="left"/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="605CFAB4" wp14:editId="6A0AA6F3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>701040</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>274320</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5383530" cy="341630"/>
+                <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="217" name="テキスト ボックス 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5383530" cy="341630"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00071E97" w:rsidRPr="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F01073">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>ご記入のうえ</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D15CA7">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>、</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00071E97" w:rsidRPr="00D15CA7">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>ご来園日の</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00071E97" w:rsidRPr="00D15CA7">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00071E97" w:rsidRPr="00D15CA7">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>週間前までに</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F608EB" w:rsidRPr="00F01073">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>FAX</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>、</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F608EB" w:rsidRPr="00F01073">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>E-MAIL</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>で</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00071E97" w:rsidRPr="00F01073">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>お送りください</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>（</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F01073">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>FAX</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>・</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F01073">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>E-MAIL</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="25"/>
+                                <w:szCs w:val="25"/>
+                              </w:rPr>
+                              <w:t>）</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="605CFAB4" id="テキスト ボックス 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:55.2pt;margin-top:21.6pt;width:423.9pt;height:26.9pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQBNavnGLQIAAAwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNE1/drtR09WyyyKk 5UdaeADXcRoL2xNst0k5thLiIXgFxJnnyYswdtpSwQ3hgzXj8Xye75vx/LrVimyEdRJMTtPBkBJh OBTSrHL64f39sxklzjNTMAVG5HQrHL1ePH0yb+pMjKACVQhLEMS4rKlzWnlfZ0nieCU0cwOohcFg CVYzj65dJYVlDaJrlYyGw4ukAVvUFrhwDk/v+iBdRPyyFNy/LUsnPFE5xdp83G3cl2FPFnOWrSyr K8kPZbB/qEIzafDRE9Qd84ysrfwLSktuwUHpBxx0AmUpuYgckE06/IPNY8VqEbmgOK4+yeT+Hyx/ s3lniSxyOkovKTFMY5O6/Zdu973b/ez2X0m3/9bt993uB/pkFARrapdh3mONmb59Di02PpJ39QPw j44YuK2YWYkba6GpBCuw4DRkJmepPY4LIMvmNRT4Llt7iEBtaXVQE/UhiI6N256aJVpPOB5Ox7Px dIwhjrHxJL1AOzzBsmN2bZ1/KUCTYOTU4jBEdLZ5cL6/erwSHjNwL5XCc5YpQ5qcXk1H05hwFtHS 47wqqXM6G4bVT1Ag+cIUMdkzqXoba1HmwDoQ7Sn7dtlGxcdHMZdQbFEGC/144ndCowL7mZIGRzOn 7tOaWUGJemVQyqt0MgmzHJ3J9HKEjj2PLM8jzHCEyqmnpDdvfZz/nvINSl7KqEboTV/JoWQcuajn 4XuEmT73463fn3jxCwAA//8DAFBLAwQUAAYACAAAACEAippEPdwAAAAJAQAADwAAAGRycy9kb3du cmV2LnhtbEyPzU7DMBCE70i8g7VI3KjdkkIb4lQIxBXU8iNx28bbJCJeR7HbhLdnOcFtRvtpdqbY TL5TJxpiG9jCfGZAEVfBtVxbeHt9ulqBignZYReYLHxThE15flZg7sLIWzrtUq0khGOOFpqU+lzr WDXkMc5CTyy3Qxg8JrFDrd2Ao4T7Ti+MudEeW5YPDfb00FD1tTt6C+/Ph8+PzLzUj37Zj2Eymv1a W3t5Md3fgUo0pT8YfutLdSil0z4c2UXViZ+bTFAL2fUClADr5UrEXsStAV0W+v+C8gcAAP//AwBQ SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs cy8ucmVsc1BLAQItABQABgAIAAAAIQBNavnGLQIAAAwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKmkQ93AAAAAkBAAAPAAAAAAAAAAAAAAAAAIcEAABk cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA " filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00071E97" w:rsidRPr="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F01073">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>ご記入のうえ</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D15CA7">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>、</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00071E97" w:rsidRPr="00D15CA7">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>ご来園日の</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00071E97" w:rsidRPr="00D15CA7">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00071E97" w:rsidRPr="00D15CA7">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>週間前までに</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F608EB" w:rsidRPr="00F01073">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>FAX</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>、</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F608EB" w:rsidRPr="00F01073">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>E-MAIL</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>で</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00071E97" w:rsidRPr="00F01073">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>お送りください</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>（</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F01073">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>FAX</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>・</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F01073">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>E-MAIL</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="25"/>
+                          <w:szCs w:val="25"/>
+                        </w:rPr>
+                        <w:t>）</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00071E97">
         <w:rPr>
           <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cs="源真ゴシック等幅 Regular"/>
           <w:b/>
           <w:bCs/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:jc w:val="left"/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B52955D" wp14:editId="4A38D74B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-216535</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>494030</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6972300" cy="577850"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="24" name="テキスト ボックス 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6972300" cy="577850"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00F01073" w:rsidRPr="00D15CA7" w:rsidRDefault="00F01073" w:rsidP="00F01073">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                              <w:t>【</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                              <w:t>ご注意</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                              <w:t>】</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D15CA7">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F608EB" w:rsidRPr="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                              <w:t>なお、</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="009D485C">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="22"/>
+                              </w:rPr>
+                              <w:t>このお申込書のみでは予約は完了しません</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00F01073" w:rsidRPr="00F608EB" w:rsidRDefault="00F608EB" w:rsidP="00F01073">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                                <w:szCs w:val="21"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>大変お手数ですが</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00166D4B">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:szCs w:val="21"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>3営業日</w:t>
+                            </w:r>
+                            <w:r w:rsidR="006A2874">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:szCs w:val="21"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>以内に お</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:szCs w:val="21"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>申込について</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004C4F93">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:szCs w:val="21"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>の</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:szCs w:val="21"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>お知らせが</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00D15CA7" w:rsidRPr="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:szCs w:val="21"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>ない</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F01073" w:rsidRPr="00F608EB">
+                              <w:rPr>
+                                <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:szCs w:val="21"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>場合はご連絡をお願いします。</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1B52955D" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-17.05pt;margin-top:38.9pt;width:549pt;height:45.5pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQBJa7AHLQIAAAsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG1ot23UdLXssghp F5AWPsB1nMbC9gTbbbIcWwnxEfwC4sz35EcYO22p4IbIwfJ4Ms/z3jwvLlutyFZYJ8HkdDQYUiIM h0KadU4/vL99NqPEeWYKpsCInD4KRy+XT58smjoTKVSgCmEJghiXNXVOK+/rLEkcr4RmbgC1MJgs wWrmMbTrpLCsQXStknQ4vEgasEVtgQvn8PSmT9JlxC9Lwf3bsnTCE5VT7M3H1cZ1FdZkuWDZ2rK6 kvzQBvuHLjSTBi89Qd0wz8jGyr+gtOQWHJR+wEEnUJaSi8gB2YyGf7B5qFgtIhcUx9Unmdz/g+Vv tu8skUVO0zElhmmcUbf/0u2+d7uf3f4r6fbfuv2+2/3AmKRBr6Z2GZY91Fjo2xfQ4twjd1ffAf/o iIHripm1uLIWmkqwAvsdhcrkrLTHcQFk1dxDgfeyjYcI1JZWBzFRHoLoOLfH06xE6wnHw4v5NH0+ xBTH3GQ6nU3iMBOWHatr6/wrAZqETU4teiGis+2d86Eblh1/CZcZuJVKRT8oQ5qczifpJBacZbT0 aFcldU5nw/D1BgokX5oiFnsmVb/HC5Q5sA5Ee8q+XbVR8PFRzBUUjyiDhd6d+JpwU4H9TEmDzsyp +7RhVlCiXhuUcj4aj4OVYzCeTFMM7HlmdZ5hhiNUTj0l/fbaR/v3lK9Q8lJGNcJs+k4OLaPjokiH 1xEsfR7Hv36/4eUvAAAA//8DAFBLAwQUAAYACAAAACEAnfgSp+AAAAALAQAADwAAAGRycy9kb3du cmV2LnhtbEyPy07DMBBF90j8gzVI3bV2H6RpiFMhKrYgykNi58bTJGo8jmK3CX/PdAW7Gc3RnXPz 7ehaccE+NJ40zGcKBFLpbUOVho/352kKIkRD1rSeUMMPBtgWtze5yawf6A0v+1gJDqGQGQ11jF0m ZShrdCbMfIfEt6PvnYm89pW0vRk43LVyoVQinWmIP9Smw6cay9P+7DR8vhy/v1bqtdq5+27wo5Lk NlLryd34+AAi4hj/YLjqszoU7HTwZ7JBtBqmy9WcUQ3rNVe4AipZbkAceErSFGSRy/8dil8AAAD/ /wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50 X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASWuwBy0CAAALBAAADgAAAAAAAAAAAAAAAAAuAgAA ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnfgSp+AAAAALAQAADwAAAAAAAAAAAAAAAACH BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA== " filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00F01073" w:rsidRPr="00D15CA7" w:rsidRDefault="00F01073" w:rsidP="00F01073">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                          <w:sz w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                        </w:rPr>
+                        <w:t>【</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="22"/>
+                        </w:rPr>
+                        <w:t>ご注意</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                        </w:rPr>
+                        <w:t>】</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D15CA7">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F608EB" w:rsidRPr="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                        </w:rPr>
+                        <w:t>なお、</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="009D485C">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="22"/>
+                        </w:rPr>
+                        <w:t>このお申込書のみでは予約は完了しません</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00F01073" w:rsidRPr="00F608EB" w:rsidRDefault="00F608EB" w:rsidP="00F01073">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
+                          <w:szCs w:val="21"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>大変お手数ですが</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00166D4B">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:szCs w:val="21"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>3営業日</w:t>
+                      </w:r>
+                      <w:r w:rsidR="006A2874">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:szCs w:val="21"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>以内に お</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:szCs w:val="21"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>申込について</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004C4F93">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:szCs w:val="21"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>の</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:szCs w:val="21"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>お知らせが</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00D15CA7" w:rsidRPr="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:szCs w:val="21"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>ない</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F01073" w:rsidRPr="00F608EB">
+                        <w:rPr>
+                          <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:szCs w:val="21"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>場合はご連絡をお願いします。</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00071E97">
         <w:rPr>
           <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cs="源真ゴシック等幅 Regular"/>
           <w:b/>
           <w:bCs/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00157EA4" w:rsidRPr="00542C40" w:rsidRDefault="00D15CA7">
       <w:r w:rsidRPr="00C66E50">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F3C97EB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BE03A3E" wp14:editId="24273158">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>right</wp:align>
+              <wp:posOffset>12349</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>5031718</wp:posOffset>
+              <wp:posOffset>5673497</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="6367669" cy="3852901"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="6537278" cy="3955291"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="図 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6367669" cy="3852901"/>
+                      <a:ext cx="6548814" cy="3962271"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00063E11" w:rsidRPr="00063E11">
+    </w:p>
+    <w:p w:rsidR="00157EA4" w:rsidRDefault="00D15CA7">
+      <w:r w:rsidRPr="00D15CA7">
         <w:rPr>
+          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cs="源真ゴシック等幅 Regular"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
-        </w:rPr>
-[...53 lines deleted...]
-          <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cs="源真ゴシック等幅 Regular" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="dark1"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>5317964</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3114040</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1504950" cy="526415"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="25" name="テキスト ボックス 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1504950" cy="526415"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="00D15CA7" w:rsidRPr="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>（</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D15CA7">
+                              <w:rPr>
+                                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>２０２５年</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D15CA7">
+                              <w:rPr>
+                                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>10月　改定</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>）</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:418.75pt;margin-top:245.2pt;width:118.5pt;height:41.45pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQBmHHG4QAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNGnVLNuo6WrpUoS0 /EgLD+A4TmPheILtNinHVlrxELwC4szz5EUYO91ugRsiB2sm4/lm5pvP86uuVmQrjJWgMzoexZQI zaGQep3Rjx9Wzy4psY7pginQIqM7YenV4umTedukYgIVqEIYgiDapm2T0cq5Jo0iyytRMzuCRmgM lmBq5tA166gwrEX0WkWTOL6IWjBFY4ALa/HvzRCki4BfloK7d2VphSMqo9ibC6cJZ+7PaDFn6dqw ppL82Ab7hy5qJjUWPUHdMMfIxsi/oGrJDVgo3YhDHUFZSi7CDDjNOP5jmruKNSLMguTY5kST/X+w /O32vSGyyOgkoUSzGnfUH+77/fd+/7M/fCX94Vt/OPT7H+iTieerbWyKaXcNJrruBXS49zC7bW6B f7JEw7Jiei2ujYG2EqzAfsc+MzpLHXCsB8nbN1BgXbZxEIC60tSeTKSHIDrubXfalegc4b5kEk9n CYY4xpLJxXSchBIsfchujHWvBNTEGxk1qIWAzra31vluWPpwxRezoGSxkkoFx6zzpTJky1A3q/Ad 0X+7pjRpMzpLkDufpcHnB0nV0qGulawzehn7z6ez1LPxUhfBdkyqwcZOlD7S4xkZuHFd3oXNhME8 dTkUO+TLwCBjfHZoVGC+UNKihDNqP2+YEZSo1xo5n42nU6/54EyT5xN0zHkkP48wzREqo46SwVy6 8E6Gwa5xN6UMtD12cmwZpRnYPD4jr/1zP9x6fOyLXwAAAP//AwBQSwMEFAAGAAgAAAAhACbHoGPg AAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FOwzAQRfdI3MEaJDaI2pCkbtNMKkACsW3pAZx4 mkSN7Sh2m/T2uCtYzszTn/eL7Wx6dqHRd84ivCwEMLK1051tEA4/n88rYD4oq1XvLCFcycO2vL8r VK7dZHd02YeGxRDrc4XQhjDknPu6JaP8wg1k4+3oRqNCHMeG61FNMdz0/FWIJTeqs/FDqwb6aKk+ 7c8G4fg9PWXrqfoKB7lLl++qk5W7Ij4+zG8bYIHm8AfDTT+qQxmdKne22rMeYZXILKII6VqkwG6E kGlcVQiZTBLgZcH/lyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGYccbhAAgAANAQA AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACbHoGPgAAAA DAEAAA8AAAAAAAAAAAAAAAAAmgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA AAA= " stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="00D15CA7" w:rsidRPr="00D15CA7" w:rsidRDefault="00D15CA7" w:rsidP="00D15CA7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>（</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D15CA7">
+                        <w:rPr>
+                          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>２０２５年</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D15CA7">
+                        <w:rPr>
+                          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>10月　改定</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>）</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000D03D8" w:rsidRPr="00403545" w:rsidSect="007A388E">
+    <w:sectPr w:rsidR="00157EA4" w:rsidSect="007A388E">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="737" w:right="851" w:bottom="340" w:left="851" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00393483" w:rsidRDefault="00393483" w:rsidP="006118D4">
+    <w:p w:rsidR="00074F42" w:rsidRDefault="00074F42" w:rsidP="006118D4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00393483" w:rsidRDefault="00393483" w:rsidP="006118D4">
+    <w:p w:rsidR="00074F42" w:rsidRDefault="00074F42" w:rsidP="006118D4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -2902,64 +3611,71 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic UI">
     <w:panose1 w:val="020B0500000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="源真ゴシック等幅 Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="BIZ UDPゴシック">
+    <w:panose1 w:val="020B0400000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00393483" w:rsidRDefault="00393483" w:rsidP="006118D4">
+    <w:p w:rsidR="00074F42" w:rsidRDefault="00074F42" w:rsidP="006118D4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00393483" w:rsidRDefault="00393483" w:rsidP="006118D4">
+    <w:p w:rsidR="00074F42" w:rsidRDefault="00074F42" w:rsidP="006118D4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="314A1ED6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1A45954"/>
     <w:lvl w:ilvl="0" w:tplc="D2C69FAA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="・"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="游明朝" w:eastAsia="游明朝" w:hAnsi="游明朝" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
@@ -3507,231 +4223,247 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB329B"/>
     <w:rsid w:val="000138A2"/>
     <w:rsid w:val="00063E11"/>
+    <w:rsid w:val="00071E97"/>
+    <w:rsid w:val="00074F42"/>
     <w:rsid w:val="000A09AE"/>
     <w:rsid w:val="000B0417"/>
     <w:rsid w:val="000D03D8"/>
     <w:rsid w:val="000F3230"/>
     <w:rsid w:val="0010716A"/>
     <w:rsid w:val="00152269"/>
     <w:rsid w:val="00157EA4"/>
+    <w:rsid w:val="00166D4B"/>
     <w:rsid w:val="00197FED"/>
     <w:rsid w:val="002075D4"/>
     <w:rsid w:val="00223F3F"/>
     <w:rsid w:val="00276862"/>
     <w:rsid w:val="0028463B"/>
     <w:rsid w:val="002B28AF"/>
     <w:rsid w:val="002D16EB"/>
     <w:rsid w:val="002D6362"/>
     <w:rsid w:val="002D77CC"/>
     <w:rsid w:val="002E689F"/>
     <w:rsid w:val="003011DD"/>
+    <w:rsid w:val="00327841"/>
     <w:rsid w:val="00385C31"/>
     <w:rsid w:val="00393483"/>
     <w:rsid w:val="00403545"/>
+    <w:rsid w:val="00432835"/>
     <w:rsid w:val="004A1C6E"/>
     <w:rsid w:val="004C0E94"/>
+    <w:rsid w:val="004C4F93"/>
     <w:rsid w:val="004E4A1A"/>
     <w:rsid w:val="004F0198"/>
     <w:rsid w:val="00542C40"/>
+    <w:rsid w:val="005472D4"/>
     <w:rsid w:val="00583E32"/>
     <w:rsid w:val="005A08D9"/>
     <w:rsid w:val="00605D2C"/>
     <w:rsid w:val="006118D4"/>
     <w:rsid w:val="00617DEF"/>
     <w:rsid w:val="00637A73"/>
     <w:rsid w:val="00644CEE"/>
     <w:rsid w:val="00652444"/>
     <w:rsid w:val="00686FA1"/>
+    <w:rsid w:val="006A2874"/>
     <w:rsid w:val="006A3B1E"/>
     <w:rsid w:val="006A604C"/>
     <w:rsid w:val="006A7CEA"/>
     <w:rsid w:val="006C5698"/>
     <w:rsid w:val="006C6A68"/>
     <w:rsid w:val="006D1BEC"/>
     <w:rsid w:val="00737898"/>
     <w:rsid w:val="00741DEC"/>
     <w:rsid w:val="00751C6F"/>
     <w:rsid w:val="007603C8"/>
     <w:rsid w:val="00786273"/>
     <w:rsid w:val="007A388E"/>
     <w:rsid w:val="008044DF"/>
     <w:rsid w:val="008078FB"/>
     <w:rsid w:val="00894F48"/>
     <w:rsid w:val="008A788F"/>
     <w:rsid w:val="008B5904"/>
     <w:rsid w:val="008B7E63"/>
     <w:rsid w:val="008C7ECF"/>
     <w:rsid w:val="008F2A9F"/>
     <w:rsid w:val="008F3D19"/>
     <w:rsid w:val="00923D4B"/>
     <w:rsid w:val="009264FC"/>
     <w:rsid w:val="0093052F"/>
     <w:rsid w:val="00931D71"/>
     <w:rsid w:val="00974119"/>
     <w:rsid w:val="0098387B"/>
     <w:rsid w:val="009927E3"/>
     <w:rsid w:val="009A2E6D"/>
     <w:rsid w:val="009C21B7"/>
+    <w:rsid w:val="009D485C"/>
     <w:rsid w:val="009D5A9B"/>
+    <w:rsid w:val="009D6501"/>
     <w:rsid w:val="00A36116"/>
     <w:rsid w:val="00A6660A"/>
     <w:rsid w:val="00AA5757"/>
     <w:rsid w:val="00AB67AB"/>
     <w:rsid w:val="00AC0831"/>
     <w:rsid w:val="00AC2110"/>
     <w:rsid w:val="00AD2DAF"/>
     <w:rsid w:val="00AF1AFA"/>
     <w:rsid w:val="00B1448D"/>
     <w:rsid w:val="00B14CE8"/>
     <w:rsid w:val="00B23F85"/>
     <w:rsid w:val="00B33B23"/>
     <w:rsid w:val="00B35EE0"/>
     <w:rsid w:val="00B76450"/>
     <w:rsid w:val="00B77585"/>
     <w:rsid w:val="00BA3BA5"/>
     <w:rsid w:val="00BA5455"/>
+    <w:rsid w:val="00BD0EF9"/>
     <w:rsid w:val="00C014C3"/>
     <w:rsid w:val="00C028C7"/>
     <w:rsid w:val="00C5404D"/>
     <w:rsid w:val="00C54CEF"/>
     <w:rsid w:val="00C66E50"/>
     <w:rsid w:val="00CB170F"/>
     <w:rsid w:val="00CB3706"/>
     <w:rsid w:val="00CC0F97"/>
     <w:rsid w:val="00CE02CD"/>
     <w:rsid w:val="00D06FC4"/>
+    <w:rsid w:val="00D15CA7"/>
     <w:rsid w:val="00D2072F"/>
     <w:rsid w:val="00D23E75"/>
     <w:rsid w:val="00D34D81"/>
     <w:rsid w:val="00D441DF"/>
     <w:rsid w:val="00D51306"/>
     <w:rsid w:val="00D60314"/>
     <w:rsid w:val="00D62E19"/>
     <w:rsid w:val="00D74072"/>
     <w:rsid w:val="00DA0C00"/>
     <w:rsid w:val="00DB2EB6"/>
     <w:rsid w:val="00DB329B"/>
     <w:rsid w:val="00DD6C73"/>
     <w:rsid w:val="00E248DD"/>
     <w:rsid w:val="00E8171A"/>
     <w:rsid w:val="00E96540"/>
     <w:rsid w:val="00EA6F03"/>
+    <w:rsid w:val="00EA70A8"/>
     <w:rsid w:val="00F00CB2"/>
+    <w:rsid w:val="00F01073"/>
     <w:rsid w:val="00F044D9"/>
+    <w:rsid w:val="00F43840"/>
+    <w:rsid w:val="00F608EB"/>
     <w:rsid w:val="00F61740"/>
     <w:rsid w:val="00F74C87"/>
+    <w:rsid w:val="00FA3B07"/>
     <w:rsid w:val="00FE5851"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4F23E524"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AE4610F0-E50A-4582-8C26-644E5B0068B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4095,50 +4827,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
@@ -4376,70 +5109,83 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1071998931">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1169783594">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1502428036">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="media/image3.emf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId11" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId12" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId5" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId6" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId7" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId8" Target="media/image1.emf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="media/image2.emf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId5" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId6" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId7" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId8" Target="media/image1.emf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId9" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4701,77 +5447,76 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5BEB8B8-866B-491B-987E-B24F8AA273C1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEAD3C6B-C586-41F8-8E1E-F53DCB6E6B62}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>106</Words>
-  <Characters>610</Characters>
+  <Words>107</Words>
+  <Characters>611</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>独立行政法人国立科学博物館</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>715</CharactersWithSpaces>
+  <CharactersWithSpaces>717</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
   <dc:title>入園案内 一般の見学・園案内申込.docx</dc:title>
 </cp:coreProperties>
 </file>