--- v0 (2025-11-15)
+++ v1 (2026-01-07)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent>
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\tbgnas\TBG\J_園案内\★用紙改定\2025\R7.3改訂【準備中】\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kakisu\Desktop\筑波団体申込\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D03A512B-2511-400D-A3E5-E5D801557289}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E68E00F9-B1BB-41C2-AE24-645CC18C365A}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="15525" windowHeight="10500" xr2:uid="{D44ED9AF-6045-4D8A-8E1A-B4A8AB7561C1}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="16380" windowHeight="17385" xr2:uid="{D44ED9AF-6045-4D8A-8E1A-B4A8AB7561C1}"/>
   </bookViews>
   <sheets>
-    <sheet name="研究員案内用 (2025.03)" sheetId="1" r:id="rId1"/>
+    <sheet name="新_研究員案内用 (2025.10)" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'研究員案内用 (2025.03)'!$A$1:$G$35</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'新_研究員案内用 (2025.10)'!$A$1:$G$35</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <r>
       <t>来園目的、研究員に解説してほしい内容等（</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="源ノ角ゴシック JP Light"/>
         <family val="2"/>
         <charset val="128"/>
       </rPr>
       <t>必須</t>
@@ -90,57 +90,50 @@
     <rPh sb="16" eb="18">
       <t>ナイヨウ</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>トウ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>ヒッス</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>FAX：</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>　TEL：</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>E-MAIL：</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>〒</t>
-    <phoneticPr fontId="2"/>
-[...5 lines deleted...]
-    </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>連絡先</t>
     <rPh sb="0" eb="3">
       <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t xml:space="preserve"> 　　バス　　　　　台</t>
     <rPh sb="10" eb="11">
       <t>ダイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>　　　年生　　　　名　　／　引率者　　名</t>
     <rPh sb="3" eb="4">
       <t>ネン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>セイ</t>
     </rPh>
     <rPh sb="9" eb="10">
@@ -202,59 +195,63 @@
       <t>ニチジ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>代表者
 （担当者）</t>
     <rPh sb="0" eb="3">
       <t>ダイヒョウシャ</t>
     </rPh>
     <rPh sb="5" eb="8">
       <t>タントウシャ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>団体名</t>
     <rPh sb="0" eb="2">
       <t>ダンタイ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
+  <si>
+    <t>住所</t>
+    <phoneticPr fontId="2"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="yyyy/m/d\(aaa\)"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="21">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="HG丸ｺﾞｼｯｸM-PRO"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
@@ -336,56 +333,50 @@
       <sz val="10"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="源ノ角ゴシック JP Light"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="源ノ角ゴシック JP Light"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="源ノ角ゴシック JP Light"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="14"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="20"/>
       <name val="源ノ角ゴシック JP Light"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -464,96 +455,50 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...44 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -588,57 +533,99 @@
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="87">
+  <cellXfs count="86">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -682,276 +669,273 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
-[...21 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" indent="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="19" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
-[...20 lines deleted...]
-      <alignment horizontal="left"/>
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...40 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>514350</xdr:colOff>
+      <xdr:colOff>81644</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>266700</xdr:rowOff>
+      <xdr:rowOff>157843</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>2286000</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:rowOff>72118</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="テキスト ボックス 21">
+        <xdr:cNvPr id="2" name="テキスト ボックス 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{180B366B-A999-42EE-9A59-B2EEC804202B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{050C7E5F-1429-47A9-AF61-D1CF8A8F82B0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="514350" y="514350"/>
-          <a:ext cx="4286250" cy="514350"/>
+          <a:off x="81644" y="1377043"/>
+          <a:ext cx="9062356" cy="1371600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr">
             <a:lnSpc>
               <a:spcPts val="2000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
@@ -978,181 +962,276 @@
             <a:rPr lang="ja-JP" sz="1400" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>週間前までに当園に到着するように、</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr">
             <a:lnSpc>
               <a:spcPts val="2000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" sz="1400" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>必要事項をご記入いただき、郵便または</a:t>
+            <a:t>必要事項をご記入いただき、</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="1400" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>FAX</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="1400" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>、</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="1400" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>E-MAIL</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" sz="1400" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>のいずれかでお送りください。</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" kern="100">
+            <a:effectLst/>
+            <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+            <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+            <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr algn="ctr">
+            <a:lnSpc>
+              <a:spcPts val="2000"/>
+            </a:lnSpc>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1400" b="1" kern="100">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>ご注意</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1400" b="1" kern="100">
+              <a:effectLst/>
+              <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>：</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1400" b="1" u="none" kern="100">
+              <a:effectLst/>
+              <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>このお申込書のみでは予約は完了しません。</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1400" b="1" u="none" kern="100">
+            <a:effectLst/>
+            <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+            <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+            <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr algn="ctr">
+            <a:lnSpc>
+              <a:spcPts val="2000"/>
+            </a:lnSpc>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1400" u="none" kern="100">
+              <a:effectLst/>
+              <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>お申込と案内調整について</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" altLang="ja-JP" sz="1400" u="sng" kern="100">
+              <a:effectLst/>
+              <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>3</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1400" u="sng" kern="100">
+              <a:effectLst/>
+              <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>営業日以内にメールが届かない場合はお手数ですがご連絡をお願いします。</a:t>
+          </a:r>
+          <a:endParaRPr lang="ja-JP" sz="1400" u="sng" kern="100">
+            <a:effectLst/>
+            <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+            <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+            <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr">
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="ja-JP" sz="1600" kern="100">
             <a:effectLst/>
             <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
             <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>695325</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="4" name="テキスト ボックス 2">
+        <xdr:cNvPr id="3" name="テキスト ボックス 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6D5DDD4-5E7B-4E0B-BE91-4D02C3B188B5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E599515-420B-410F-A006-CE2D5A48168C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="85725"/>
-          <a:ext cx="2057400" cy="95250"/>
+          <a:ext cx="3086100" cy="600075"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="just">
             <a:lnSpc>
               <a:spcPts val="1400"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" sz="1100" kern="100">
               <a:effectLst/>
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>筑波実験植物園行き</a:t>
+            <a:t>筑波実験植物園</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="just">
             <a:lnSpc>
               <a:spcPts val="1400"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1100" kern="100">
               <a:effectLst/>
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>FAX</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" sz="1100" kern="100">
               <a:effectLst/>
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
@@ -1230,278 +1309,342 @@
             </a:rPr>
             <a:t>guide@kahaku.go.jp</a:t>
           </a:r>
           <a:endParaRPr lang="ja-JP" sz="1100" kern="100">
             <a:effectLst/>
             <a:latin typeface="+mj-ea"/>
             <a:ea typeface="+mj-ea"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>904875</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2305050</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>114300</xdr:rowOff>
+      <xdr:rowOff>22412</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5" name="テキスト ボックス 2">
+        <xdr:cNvPr id="4" name="テキスト ボックス 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{390208B9-0C9E-4EE0-AA34-95DD6C53DCAD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{617E0246-5879-4B84-B0FA-D3A029786A50}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="4114800" y="66675"/>
-          <a:ext cx="685800" cy="219075"/>
+          <a:off x="6821581" y="66675"/>
+          <a:ext cx="2341469" cy="628090"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr">
             <a:lnSpc>
               <a:spcPts val="1000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="ja-JP" sz="1050" kern="100">
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1050" kern="100">
               <a:effectLst/>
               <a:latin typeface="Century" panose="02040604050505020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
+            <a:t>　</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1050" kern="100">
+            <a:effectLst/>
+            <a:latin typeface="Century" panose="02040604050505020304" pitchFamily="18" charset="0"/>
+            <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
+            <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr algn="l">
+            <a:lnSpc>
+              <a:spcPts val="1000"/>
+            </a:lnSpc>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1050" kern="100">
+              <a:effectLst/>
+              <a:latin typeface="Century" panose="02040604050505020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>　</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ja-JP" sz="1050" kern="100">
+              <a:effectLst/>
+              <a:latin typeface="Century" panose="02040604050505020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
             <a:t>お申込日</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1050" kern="100">
+            <a:effectLst/>
+            <a:latin typeface="Century" panose="02040604050505020304" pitchFamily="18" charset="0"/>
+            <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
+            <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr algn="ctr">
+            <a:lnSpc>
+              <a:spcPts val="1000"/>
+            </a:lnSpc>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+          </a:pPr>
           <a:endParaRPr lang="ja-JP" sz="1050" kern="100">
             <a:effectLst/>
             <a:latin typeface="Century" panose="02040604050505020304" pitchFamily="18" charset="0"/>
             <a:ea typeface="ＭＳ 明朝" panose="02020609040205080304" pitchFamily="17" charset="-128"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="ctr">
             <a:lnSpc>
               <a:spcPts val="1000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1050" kern="100">
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1050" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="ＭＳ 明朝" panose="02020609040205080304" pitchFamily="17" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
+            <a:t>　　　　　</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1050" kern="100">
+              <a:effectLst/>
+              <a:latin typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
+              <a:ea typeface="ＭＳ 明朝" panose="02020609040205080304" pitchFamily="17" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
             <a:t> </a:t>
           </a:r>
-          <a:endParaRPr lang="ja-JP" sz="1050" kern="100">
-[...11 lines deleted...]
-          </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" sz="1050" kern="100">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Century" panose="02040604050505020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>　年　　　　月　　　　日</a:t>
+            <a:t>年　　　月　　　日</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1050" kern="100">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Century" panose="02040604050505020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>　</a:t>
           </a:r>
           <a:endParaRPr lang="ja-JP" sz="1050" kern="100">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Century" panose="02040604050505020304" pitchFamily="18" charset="0"/>
             <a:ea typeface="ＭＳ 明朝" panose="02020609040205080304" pitchFamily="17" charset="-128"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>1</xdr:col>
-      <xdr:colOff>409575</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>997083</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>171450</xdr:rowOff>
+      <xdr:rowOff>65794</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>266700</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1357672</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>209550</xdr:rowOff>
+      <xdr:rowOff>103894</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="6" name="テキスト ボックス 21">
+        <xdr:cNvPr id="5" name="テキスト ボックス 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0A94F72-E0CD-4593-ABC7-2A4CB183D136}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5F4879F-8F9A-4E60-8EFE-00D40390006F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="1095375" y="342900"/>
-          <a:ext cx="4657725" cy="171450"/>
+          <a:off x="997083" y="738147"/>
+          <a:ext cx="7218589" cy="575982"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="just">
+          <a:pPr algn="ctr">
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="2800" kern="100">
               <a:effectLst/>
               <a:latin typeface="源柔ゴシックP Bold" panose="020B0602020203020207" pitchFamily="50" charset="-128"/>
               <a:ea typeface="源柔ゴシックP Bold" panose="020B0602020203020207" pitchFamily="50" charset="-128"/>
               <a:cs typeface="源柔ゴシックP Bold" panose="020B0602020203020207" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="2800" kern="100">
               <a:effectLst/>
               <a:latin typeface="源柔ゴシックP Bold" panose="020B0602020203020207" pitchFamily="50" charset="-128"/>
               <a:ea typeface="源柔ゴシックP Bold" panose="020B0602020203020207" pitchFamily="50" charset="-128"/>
               <a:cs typeface="源柔ゴシックP Bold" panose="020B0602020203020207" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>研究員案内申込書（平日のみ）</a:t>
           </a:r>
           <a:endParaRPr lang="ja-JP" sz="2800" kern="100">
             <a:effectLst/>
             <a:latin typeface="源柔ゴシックP Bold" panose="020B0602020203020207" pitchFamily="50" charset="-128"/>
             <a:ea typeface="源柔ゴシックP Bold" panose="020B0602020203020207" pitchFamily="50" charset="-128"/>
             <a:cs typeface="源柔ゴシックP Bold" panose="020B0602020203020207" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>14</xdr:row>
       <xdr:rowOff>127000</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>226786</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>134709</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="7" name="テキスト ボックス 4">
+        <xdr:cNvPr id="6" name="テキスト ボックス 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CFC7584-206D-4B0E-9506-6A6EA9B11BC1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC3A8E9D-DD8F-4CDE-8A07-BADB9BF3E905}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="2355850"/>
-          <a:ext cx="5713186" cy="1722209"/>
+          <a:off x="0" y="8756650"/>
+          <a:ext cx="9513661" cy="1960334"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="just">
             <a:lnSpc>
               <a:spcPts val="2200"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
@@ -1779,177 +1922,177 @@
             <a:lnSpc>
               <a:spcPts val="2200"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" sz="1400" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>　・ 雨天時のみご来園の場合は自由見学となります</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>581025</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>9526</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2192020</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>63501</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="11" name="グループ化 10">
+        <xdr:cNvPr id="7" name="グループ化 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CEF4CE-048B-4686-856F-32861DA1799F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4B9EFC6-E6B7-4953-A1E7-B5D5ACC68F4E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="7439025" y="10725151"/>
+          <a:off x="7439025" y="11182351"/>
           <a:ext cx="1610995" cy="1377950"/>
           <a:chOff x="-1985" y="0"/>
           <a:chExt cx="1548928" cy="1358636"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="12" name="円/楕円 17">
+          <xdr:cNvPr id="8" name="円/楕円 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73AF5484-F69A-4658-96D0-775F2FD219CA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36959D7F-12AE-4506-AF51-340E329BF816}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="1380008" cy="1358636"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ja-JP" altLang="en-US"/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:cxnSp macro="">
         <xdr:nvCxnSpPr>
-          <xdr:cNvPr id="13" name="直線コネクタ 12">
+          <xdr:cNvPr id="9" name="直線コネクタ 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2878CD3E-6D08-4AE0-8AFB-B2604BCA7E23}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A780125A-4A62-45B8-A27C-118066BF2FDE}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvCxnSpPr>
-            <a:stCxn id="12" idx="2"/>
-            <a:endCxn id="12" idx="6"/>
+            <a:stCxn id="8" idx="2"/>
+            <a:endCxn id="8" idx="6"/>
           </xdr:cNvCxnSpPr>
         </xdr:nvCxnSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="679318"/>
             <a:ext cx="1380008" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </xdr:style>
       </xdr:cxnSp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="14" name="テキスト ボックス 12">
+          <xdr:cNvPr id="10" name="テキスト ボックス 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82DD048B-E789-4C8B-B753-24490C422FA9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF695F74-E543-4244-9CF4-3F6B1BC36793}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1"/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="217412" y="170922"/>
             <a:ext cx="1329531" cy="625077"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" cmpd="sng">
             <a:noFill/>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
@@ -1995,54 +2138,54 @@
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ja-JP" sz="800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="源ノ明朝 Light" panose="02020300000000000000" pitchFamily="18" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>受け付けました</a:t>
             </a:r>
             <a:endParaRPr lang="ja-JP" sz="1200">
               <a:effectLst/>
               <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="15" name="テキスト ボックス 13">
+          <xdr:cNvPr id="11" name="テキスト ボックス 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E209BF22-F58C-4F26-9D3A-75B7CD69BC1A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0788073-D77D-44FD-9E63-4DBFE40C6E43}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1"/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="-1985" y="766106"/>
             <a:ext cx="1545363" cy="327422"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" cmpd="sng">
             <a:noFill/>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
@@ -2110,127 +2253,136 @@
               <a:rPr lang="en-US" sz="1100" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:ea typeface="ＭＳ 明朝" panose="02020609040205080304" pitchFamily="17" charset="-128"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> . </a:t>
             </a:r>
             <a:endParaRPr lang="ja-JP" sz="1200">
               <a:effectLst/>
               <a:latin typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
               <a:cs typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>19050</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>666751</xdr:rowOff>
+      <xdr:colOff>19049</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>565897</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>762000</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1456764</xdr:colOff>
       <xdr:row>35</xdr:row>
-      <xdr:rowOff>95250</xdr:rowOff>
+      <xdr:rowOff>11204</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="16" name="テキスト ボックス 2">
+        <xdr:cNvPr id="12" name="テキスト ボックス 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD876B84-EB73-438A-921E-7612DDDD78A3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A0543A8-6780-4743-B514-C107E28D597E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="19050" y="5657851"/>
-          <a:ext cx="4095750" cy="438149"/>
+          <a:off x="19049" y="13060456"/>
+          <a:ext cx="8295715" cy="577101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="just">
             <a:lnSpc>
               <a:spcPts val="1700"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" sz="1100" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>国立科学博物館 筑波実験植物園</a:t>
           </a:r>
           <a:endParaRPr lang="ja-JP" sz="1600" kern="100">
             <a:effectLst/>
             <a:latin typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
             <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
-          <a:pPr algn="just">
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPts val="1700"/>
             </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" sz="1100" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>〒</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100" kern="100">
               <a:effectLst/>
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>305-0005</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100" kern="100">
               <a:effectLst/>
               <a:latin typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
               <a:ea typeface="源ノ角ゴシック JP Light" panose="020B0300000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -2278,121 +2430,104 @@
               <a:effectLst/>
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>FAX: 029-8</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="1100" kern="100">
               <a:effectLst/>
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>5</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100" kern="100">
               <a:effectLst/>
               <a:latin typeface="+mj-ea"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>3-8998</a:t>
           </a:r>
-        </a:p>
-[...13 lines deleted...]
-              </a:solidFill>
+          <a:r>
+            <a:rPr lang="ja-JP" altLang="en-US" sz="1100" kern="100">
+              <a:effectLst/>
+              <a:latin typeface="+mj-ea"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>　　</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" altLang="ja-JP" sz="1100">
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
-              <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="">
-[...5 lines deleted...]
-              </a:hlinkClick>
             </a:rPr>
             <a:t>https://tbg.kahaku.go.jp</a:t>
           </a:r>
-          <a:endParaRPr lang="ja-JP" sz="1600" u="none" kern="100">
-[...2 lines deleted...]
-            </a:solidFill>
+          <a:endParaRPr lang="ja-JP" altLang="ja-JP">
             <a:effectLst/>
-            <a:latin typeface="+mj-ea"/>
-[...1 lines deleted...]
-            <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>904876</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>1</xdr:rowOff>
+      <xdr:colOff>1028140</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>67236</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>66675</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>189231</xdr:rowOff>
+      <xdr:colOff>189939</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>256466</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="17" name="テキスト ボックス 7">
+        <xdr:cNvPr id="13" name="テキスト ボックス 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FEDDFC5-90AC-422F-9599-F9A21A79B075}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA76A086-C222-4509-9C1E-1B13B538DE19}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4800601" y="5657851"/>
-          <a:ext cx="752474" cy="341630"/>
+          <a:off x="7886140" y="13335001"/>
+          <a:ext cx="1593475" cy="547818"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr wrap="square" rtlCol="0" anchor="t">
@@ -2417,288 +2552,298 @@
           <a:r>
             <a:rPr lang="en-US" sz="1000">
               <a:effectLst/>
               <a:latin typeface="ＭＳ Ｐゴシック 本文"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>2025</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" sz="1000">
               <a:effectLst/>
               <a:latin typeface="ＭＳ Ｐゴシック 本文"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>年</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="1000">
               <a:effectLst/>
               <a:latin typeface="ＭＳ Ｐゴシック 本文"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>3</a:t>
+            <a:t>10</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" sz="1000">
               <a:effectLst/>
               <a:latin typeface="ＭＳ Ｐゴシック 本文"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>月改定 ）</a:t>
           </a:r>
           <a:endParaRPr lang="ja-JP" sz="1600">
             <a:effectLst/>
             <a:latin typeface="ＭＳ Ｐゴシック 本文"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="ＭＳ Ｐゴシック" panose="020B0600070205080204" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>349250</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>128995</xdr:rowOff>
+      <xdr:colOff>444801</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>128996</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...180 lines deleted...]
-    <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>876300</xdr:colOff>
-[...7 lines deleted...]
-      <xdr:rowOff>703974</xdr:rowOff>
+      <xdr:colOff>859437</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>424000</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="25" name="テキスト ボックス 24">
+        <xdr:cNvPr id="14" name="テキスト ボックス 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF6CBA54-DBB6-4878-975C-1557CBC100FD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96A0F7D3-4720-494A-A76E-2AEE25759168}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="876300" y="10982325"/>
-          <a:ext cx="6298186" cy="1761249"/>
+          <a:off x="444801" y="11282771"/>
+          <a:ext cx="414636" cy="1618979"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" vert="wordArtVertRtl" wrap="square" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+              <a:ea typeface="源ノ角ゴシック JP Normal" panose="020B0400000000000000" pitchFamily="34" charset="-128"/>
+            </a:rPr>
+            <a:t>入園料について</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>349250</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>187004</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>885825</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>433241</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="15" name="角丸四角形 29">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44CA08E5-2A07-4E6C-BBC5-21B8C3E1E5DE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="349250" y="11340779"/>
+          <a:ext cx="6451600" cy="1570212"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="19050">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:prstDash val="sysDot"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1200">
+            <a:solidFill>
+              <a:sysClr val="windowText" lastClr="000000"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>824573</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>207626</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>824573</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>470648</xdr:rowOff>
+    </xdr:to>
+    <xdr:cxnSp macro="">
+      <xdr:nvCxnSpPr>
+        <xdr:cNvPr id="16" name="直線コネクタ 15">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2029A59-ECA0-4C04-BB51-1DDEED3FB16C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvCxnSpPr/>
+      </xdr:nvCxnSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="824573" y="11361401"/>
+          <a:ext cx="0" cy="1586997"/>
+        </a:xfrm>
+        <a:prstGeom prst="line">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln w="15875">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:prstDash val="sysDot"/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+    </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>876300</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>266700</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>316486</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>358589</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="17" name="テキスト ボックス 16">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BFB7C70-4E4E-4CC5-9E70-2662EEF441B8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="876300" y="11420475"/>
+          <a:ext cx="6298186" cy="1415864"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
@@ -3095,69 +3240,50 @@
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="1200">
               <a:effectLst/>
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>   </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="1200">
               <a:effectLst/>
               <a:latin typeface="+mn-ea"/>
               <a:ea typeface="+mn-ea"/>
             </a:rPr>
             <a:t>することで入園料が無料となります。添乗員の方は一般料金が必要です。</a:t>
           </a:r>
-        </a:p>
-[...17 lines deleted...]
-          </a:pPr>
           <a:endParaRPr lang="ja-JP" altLang="ja-JP">
             <a:effectLst/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1"/>
           <a:endParaRPr lang="ja-JP" altLang="ja-JP" strike="dblStrike" baseline="0">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:effectLst/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3433,477 +3559,490 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2F070CD-942F-4CB6-8710-420AB94E282D}">
-  <dimension ref="A1:I36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F55B5B29-BD04-4576-B3D6-92E58F6379F6}">
+  <dimension ref="A1:I37"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane xSplit="7" ySplit="5" topLeftCell="I6" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <pane xSplit="7" ySplit="5" topLeftCell="H24" activePane="bottomRight" state="frozen"/>
       <selection activeCell="J4" sqref="J4"/>
       <selection pane="topRight" activeCell="J4" sqref="J4"/>
       <selection pane="bottomLeft" activeCell="J4" sqref="J4"/>
-      <selection pane="bottomRight" activeCell="E37" sqref="E37"/>
+      <selection pane="bottomRight" activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="42" customHeight="1"/>
   <cols>
     <col min="1" max="1" customWidth="true" style="2" width="25.125"/>
     <col min="2" max="2" customWidth="true" style="1" width="6.25"/>
     <col min="3" max="3" customWidth="true" style="1" width="11.375"/>
     <col min="4" max="4" customWidth="true" style="1" width="20.875"/>
     <col min="5" max="5" customWidth="true" style="1" width="14.0"/>
     <col min="6" max="6" customWidth="true" style="1" width="12.375"/>
     <col min="7" max="7" customWidth="true" style="1" width="30.75"/>
     <col min="8" max="8" customWidth="true" style="1" width="1.125"/>
     <col min="9" max="9" customWidth="true" style="1" width="42.25"/>
     <col min="10" max="10" style="1" width="9.0"/>
     <col min="11" max="11" customWidth="true" style="1" width="20.125"/>
     <col min="12" max="16384" style="1" width="9.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="53.25" customHeight="1">
-      <c r="A1" s="82"/>
-[...5 lines deleted...]
-      <c r="G1" s="82"/>
+      <c r="A1" s="80"/>
+      <c r="B1" s="80"/>
+      <c r="C1" s="80"/>
+      <c r="D1" s="80"/>
+      <c r="E1" s="80"/>
+      <c r="F1" s="80"/>
+      <c r="G1" s="80"/>
     </row>
     <row r="2" spans="1:9" ht="42.75" customHeight="1">
-      <c r="A2" s="83"/>
-      <c r="B2" s="83"/>
+      <c r="A2" s="81"/>
+      <c r="B2" s="81"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
-      <c r="F2" s="84"/>
-      <c r="G2" s="84"/>
+      <c r="F2" s="82"/>
+      <c r="G2" s="82"/>
     </row>
-    <row r="3" spans="1:9" s="59" customFormat="1" ht="23.25" customHeight="1">
-[...6 lines deleted...]
-      <c r="G3" s="85"/>
+    <row r="3" spans="1:9" s="46" customFormat="1" ht="23.25" customHeight="1">
+      <c r="A3" s="83"/>
+      <c r="B3" s="83"/>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="83"/>
+      <c r="F3" s="83"/>
+      <c r="G3" s="83"/>
     </row>
-    <row r="4" spans="1:9" s="59" customFormat="1" ht="23.25" customHeight="1">
-[...6 lines deleted...]
-      <c r="G4" s="86"/>
+    <row r="4" spans="1:9" s="46" customFormat="1" ht="23.25" customHeight="1">
+      <c r="A4" s="84"/>
+      <c r="B4" s="84"/>
+      <c r="C4" s="84"/>
+      <c r="D4" s="84"/>
+      <c r="E4" s="84"/>
+      <c r="F4" s="84"/>
+      <c r="G4" s="84"/>
     </row>
-    <row r="5" spans="1:9" s="59" customFormat="1" ht="33.75" customHeight="1">
-[...6 lines deleted...]
-      <c r="G5" s="72"/>
+    <row r="5" spans="1:9" s="46" customFormat="1" ht="68.25" customHeight="1">
+      <c r="A5" s="85"/>
+      <c r="B5" s="85"/>
+      <c r="C5" s="85"/>
+      <c r="D5" s="85"/>
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="85"/>
     </row>
     <row r="6" spans="1:9" ht="56.25" customHeight="1">
-      <c r="A6" s="58" t="s">
+      <c r="A6" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="59"/>
+      <c r="C6" s="60"/>
+      <c r="D6" s="60"/>
+      <c r="E6" s="60"/>
+      <c r="F6" s="60"/>
+      <c r="G6" s="61"/>
+      <c r="I6" s="44"/>
+    </row>
+    <row r="7" spans="1:9" ht="56.25" customHeight="1">
+      <c r="A7" s="43" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="59"/>
+      <c r="C7" s="60"/>
+      <c r="D7" s="60"/>
+      <c r="E7" s="60"/>
+      <c r="F7" s="60"/>
+      <c r="G7" s="61"/>
+    </row>
+    <row r="8" spans="1:9" ht="47.25" customHeight="1">
+      <c r="A8" s="69" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="70" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" s="71"/>
+      <c r="D8" s="71"/>
+      <c r="E8" s="71"/>
+      <c r="F8" s="71"/>
+      <c r="G8" s="72"/>
+    </row>
+    <row r="9" spans="1:9" ht="47.25" customHeight="1">
+      <c r="A9" s="69"/>
+      <c r="B9" s="73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="74"/>
+      <c r="D9" s="74"/>
+      <c r="E9" s="74"/>
+      <c r="F9" s="74"/>
+      <c r="G9" s="75"/>
+    </row>
+    <row r="10" spans="1:9" ht="45.75" customHeight="1">
+      <c r="A10" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="76" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="77"/>
+      <c r="D10" s="77"/>
+      <c r="E10" s="77"/>
+      <c r="F10" s="77"/>
+      <c r="G10" s="42" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="35.25" customHeight="1">
+      <c r="A11" s="78" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="49"/>
+      <c r="C11" s="57" t="s">
+        <v>4</v>
+      </c>
+      <c r="D11" s="57"/>
+      <c r="E11" s="57"/>
+      <c r="F11" s="57"/>
+      <c r="G11" s="58"/>
+    </row>
+    <row r="12" spans="1:9" ht="35.25" customHeight="1">
+      <c r="A12" s="69"/>
+      <c r="B12" s="52" t="s">
         <v>14</v>
       </c>
-      <c r="B6" s="54"/>
-[...69 lines deleted...]
-      <c r="F11" s="62" t="s">
+      <c r="C12" s="56"/>
+      <c r="D12" s="56"/>
+      <c r="E12" s="56"/>
+      <c r="F12" s="54" t="s">
         <v>3</v>
       </c>
-      <c r="G11" s="63"/>
+      <c r="G12" s="55"/>
     </row>
-    <row r="12" spans="1:9" ht="41.25" customHeight="1">
-[...1 lines deleted...]
-      <c r="B12" s="46" t="s">
+    <row r="13" spans="1:9" ht="41.25" customHeight="1">
+      <c r="A13" s="79"/>
+      <c r="B13" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="C12" s="45"/>
-[...1 lines deleted...]
-      <c r="E12" s="44" t="s">
+      <c r="C13" s="41"/>
+      <c r="D13" s="41"/>
+      <c r="E13" s="51" t="s">
         <v>1</v>
       </c>
-      <c r="F12" s="43"/>
-      <c r="G12" s="42"/>
+      <c r="F13" s="41"/>
+      <c r="G13" s="40"/>
     </row>
-    <row r="13" spans="1:9" ht="105.95" customHeight="1">
-      <c r="A13" s="41" t="s">
+    <row r="14" spans="1:9" ht="105.95" customHeight="1">
+      <c r="A14" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="B13" s="65"/>
-[...5 lines deleted...]
-      <c r="H13" s="40"/>
+      <c r="B14" s="62"/>
+      <c r="C14" s="63"/>
+      <c r="D14" s="63"/>
+      <c r="E14" s="63"/>
+      <c r="F14" s="63"/>
+      <c r="G14" s="64"/>
+      <c r="H14" s="38"/>
     </row>
-    <row r="14" spans="1:9" s="30" customFormat="1" ht="12" customHeight="1">
-[...8 lines deleted...]
-    <row r="15" spans="1:9" s="30" customFormat="1" ht="17.25" customHeight="1">
+    <row r="15" spans="1:9" s="29" customFormat="1" ht="12" customHeight="1">
       <c r="A15" s="17"/>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="10"/>
       <c r="G15" s="10"/>
     </row>
-    <row r="16" spans="1:9" s="30" customFormat="1" ht="17.25" customHeight="1">
-      <c r="A16" s="39"/>
+    <row r="16" spans="1:9" s="29" customFormat="1" ht="17.25" customHeight="1">
+      <c r="A16" s="17"/>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
     </row>
-    <row r="17" spans="1:9" ht="14.25" customHeight="1">
-[...6 lines deleted...]
-      <c r="G17" s="68"/>
+    <row r="17" spans="1:9" s="29" customFormat="1" ht="17.25" customHeight="1">
+      <c r="A17" s="37"/>
+      <c r="B17" s="10"/>
+      <c r="C17" s="10"/>
+      <c r="D17" s="10"/>
+      <c r="E17" s="10"/>
+      <c r="F17" s="10"/>
+      <c r="G17" s="10"/>
     </row>
     <row r="18" spans="1:9" ht="14.25" customHeight="1">
-      <c r="A18" s="69"/>
-[...5 lines deleted...]
-      <c r="G18" s="69"/>
+      <c r="A18" s="65"/>
+      <c r="B18" s="65"/>
+      <c r="C18" s="65"/>
+      <c r="D18" s="65"/>
+      <c r="E18" s="65"/>
+      <c r="F18" s="65"/>
+      <c r="G18" s="65"/>
     </row>
-    <row r="19" spans="1:9" s="30" customFormat="1" ht="14.25" customHeight="1">
-[...6 lines deleted...]
-      <c r="G19" s="68"/>
+    <row r="19" spans="1:9" ht="14.25" customHeight="1">
+      <c r="A19" s="66"/>
+      <c r="B19" s="66"/>
+      <c r="C19" s="66"/>
+      <c r="D19" s="66"/>
+      <c r="E19" s="66"/>
+      <c r="F19" s="66"/>
+      <c r="G19" s="66"/>
     </row>
-    <row r="20" spans="1:9" s="30" customFormat="1" ht="14.25" customHeight="1">
-[...6 lines deleted...]
-      <c r="G20" s="70"/>
+    <row r="20" spans="1:9" s="29" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A20" s="65"/>
+      <c r="B20" s="65"/>
+      <c r="C20" s="65"/>
+      <c r="D20" s="65"/>
+      <c r="E20" s="65"/>
+      <c r="F20" s="65"/>
+      <c r="G20" s="65"/>
     </row>
-    <row r="21" spans="1:9" ht="14.25" customHeight="1">
-[...7 lines deleted...]
-      <c r="H21" s="37"/>
+    <row r="21" spans="1:9" s="29" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A21" s="65"/>
+      <c r="B21" s="67"/>
+      <c r="C21" s="67"/>
+      <c r="D21" s="67"/>
+      <c r="E21" s="67"/>
+      <c r="F21" s="67"/>
+      <c r="G21" s="67"/>
     </row>
     <row r="22" spans="1:9" ht="14.25" customHeight="1">
-      <c r="A22" s="39"/>
-[...6 lines deleted...]
-      <c r="H22" s="37"/>
+      <c r="A22" s="37"/>
+      <c r="B22" s="47"/>
+      <c r="C22" s="47"/>
+      <c r="D22" s="47"/>
+      <c r="E22" s="47"/>
+      <c r="F22" s="47"/>
+      <c r="G22" s="47"/>
+      <c r="H22" s="36"/>
     </row>
-    <row r="23" spans="1:9" s="30" customFormat="1" ht="21.75" customHeight="1">
-[...7 lines deleted...]
-      <c r="H23" s="31"/>
+    <row r="23" spans="1:9" ht="14.25" customHeight="1">
+      <c r="A23" s="37"/>
+      <c r="B23" s="47"/>
+      <c r="C23" s="47"/>
+      <c r="D23" s="47"/>
+      <c r="E23" s="47"/>
+      <c r="F23" s="47"/>
+      <c r="G23" s="47"/>
+      <c r="H23" s="36"/>
     </row>
-    <row r="24" spans="1:9" s="30" customFormat="1" ht="14.25" customHeight="1">
-      <c r="A24" s="17"/>
+    <row r="24" spans="1:9" s="29" customFormat="1" ht="21.75" customHeight="1">
+      <c r="A24" s="35"/>
       <c r="B24" s="34"/>
       <c r="C24" s="34"/>
       <c r="D24" s="34"/>
-      <c r="E24" s="33"/>
-[...2 lines deleted...]
-      <c r="H24" s="31"/>
+      <c r="E24" s="34"/>
+      <c r="F24" s="34"/>
+      <c r="G24" s="34"/>
+      <c r="H24" s="30"/>
     </row>
-    <row r="25" spans="1:9" ht="30.75" customHeight="1">
-[...6 lines deleted...]
-      <c r="G25" s="71"/>
+    <row r="25" spans="1:9" s="29" customFormat="1" ht="14.25" customHeight="1">
+      <c r="A25" s="17"/>
+      <c r="B25" s="33"/>
+      <c r="C25" s="33"/>
+      <c r="D25" s="33"/>
+      <c r="E25" s="32"/>
+      <c r="F25" s="28"/>
+      <c r="G25" s="31"/>
+      <c r="H25" s="30"/>
     </row>
-    <row r="26" spans="1:9" ht="25.5" customHeight="1">
-      <c r="A26" s="26"/>
+    <row r="26" spans="1:9" ht="30.75" customHeight="1">
+      <c r="A26" s="48"/>
       <c r="B26" s="24"/>
-      <c r="C26" s="23"/>
-[...3 lines deleted...]
-      <c r="G26" s="27"/>
+      <c r="C26" s="10"/>
+      <c r="D26" s="28"/>
+      <c r="E26" s="68"/>
+      <c r="F26" s="68"/>
+      <c r="G26" s="68"/>
     </row>
-    <row r="27" spans="1:9" ht="12.75" customHeight="1">
+    <row r="27" spans="1:9" ht="25.5" customHeight="1">
       <c r="A27" s="26"/>
       <c r="B27" s="24"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="10"/>
-      <c r="G27" s="25"/>
+      <c r="G27" s="27"/>
     </row>
-    <row r="28" spans="1:9" ht="6" customHeight="1">
+    <row r="28" spans="1:9" ht="12.75" customHeight="1">
       <c r="A28" s="26"/>
       <c r="B28" s="24"/>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="10"/>
       <c r="G28" s="25"/>
     </row>
-    <row r="29" spans="1:9" ht="14.25" customHeight="1">
-      <c r="A29" s="10"/>
+    <row r="29" spans="1:9" ht="6" customHeight="1">
+      <c r="A29" s="26"/>
       <c r="B29" s="24"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
-      <c r="E29" s="22"/>
-[...1 lines deleted...]
-      <c r="G29" s="20"/>
+      <c r="E29" s="23"/>
+      <c r="F29" s="10"/>
+      <c r="G29" s="25"/>
     </row>
-    <row r="30" spans="1:9" ht="27" customHeight="1">
+    <row r="30" spans="1:9" ht="14.25" customHeight="1">
       <c r="A30" s="10"/>
-      <c r="B30" s="19"/>
-[...5 lines deleted...]
-      <c r="H30" s="13"/>
+      <c r="B30" s="24"/>
+      <c r="C30" s="23"/>
+      <c r="D30" s="23"/>
+      <c r="E30" s="22"/>
+      <c r="F30" s="21"/>
+      <c r="G30" s="20"/>
     </row>
-    <row r="31" spans="1:9" ht="11.25" customHeight="1">
-[...6 lines deleted...]
-      <c r="G31" s="14"/>
+    <row r="31" spans="1:9" ht="27" customHeight="1">
+      <c r="A31" s="10"/>
+      <c r="B31" s="19"/>
+      <c r="C31" s="19"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="53"/>
+      <c r="F31" s="53"/>
+      <c r="G31" s="53"/>
       <c r="H31" s="13"/>
-      <c r="I31" s="12"/>
     </row>
-    <row r="32" spans="1:9" ht="7.5" customHeight="1">
-[...2 lines deleted...]
-      <c r="C32" s="10"/>
+    <row r="32" spans="1:9" ht="11.25" customHeight="1">
+      <c r="A32" s="18"/>
+      <c r="B32" s="17"/>
+      <c r="C32" s="17"/>
       <c r="D32" s="10"/>
-      <c r="E32" s="10"/>
-[...2 lines deleted...]
-      <c r="H32" s="9"/>
+      <c r="E32" s="16"/>
+      <c r="F32" s="15"/>
+      <c r="G32" s="14"/>
+      <c r="H32" s="13"/>
+      <c r="I32" s="12"/>
     </row>
-    <row r="33" spans="1:9" s="3" customFormat="1" ht="60.75" customHeight="1">
-[...2 lines deleted...]
-      <c r="I33" s="8"/>
+    <row r="33" spans="1:9" ht="7.5" customHeight="1">
+      <c r="A33" s="11"/>
+      <c r="B33" s="10"/>
+      <c r="C33" s="10"/>
+      <c r="D33" s="10"/>
+      <c r="E33" s="10"/>
+      <c r="F33" s="10"/>
+      <c r="G33" s="10"/>
+      <c r="H33" s="9"/>
     </row>
-    <row r="34" spans="1:9" s="3" customFormat="1" ht="29.1" customHeight="1">
+    <row r="34" spans="1:9" s="3" customFormat="1" ht="60.75" customHeight="1">
       <c r="A34" s="7"/>
       <c r="H34" s="7"/>
+      <c r="I34" s="8"/>
     </row>
-    <row r="35" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
-      <c r="A35" s="6"/>
+    <row r="35" spans="1:9" s="3" customFormat="1" ht="29.1" customHeight="1">
+      <c r="A35" s="7"/>
+      <c r="H35" s="7"/>
     </row>
-    <row r="36" spans="1:9" s="3" customFormat="1" ht="42" customHeight="1">
-[...6 lines deleted...]
-      <c r="G36" s="4"/>
+    <row r="36" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
+      <c r="A36" s="6"/>
+    </row>
+    <row r="37" spans="1:9" s="3" customFormat="1" ht="42" customHeight="1">
+      <c r="A37" s="5"/>
+      <c r="B37" s="4"/>
+      <c r="C37" s="4"/>
+      <c r="D37" s="4"/>
+      <c r="E37" s="4"/>
+      <c r="F37" s="4"/>
+      <c r="G37" s="4"/>
     </row>
   </sheetData>
-  <mergeCells count="19">
+  <mergeCells count="23">
+    <mergeCell ref="A11:A13"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A5:G5"/>
+    <mergeCell ref="E31:G31"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="C11:G11"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B14:G14"/>
+    <mergeCell ref="A18:G18"/>
+    <mergeCell ref="A19:G19"/>
+    <mergeCell ref="A20:G20"/>
+    <mergeCell ref="A21:G21"/>
+    <mergeCell ref="E26:G26"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:G8"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B10:F10"/>
-    <mergeCell ref="A11:A12"/>
-[...7 lines deleted...]
-    <mergeCell ref="E25:G25"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.36" right="0.21" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19"/>
   <pageSetup paperSize="9" scale="83" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="7" max="31" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>研究員案内用 (2025.03)</vt:lpstr>
-      <vt:lpstr>'研究員案内用 (2025.03)'!Print_Area</vt:lpstr>
+      <vt:lpstr>新_研究員案内用 (2025.10)</vt:lpstr>
+      <vt:lpstr>'新_研究員案内用 (2025.10)'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>入園案内 研究員による園案内.xlsx</dc:title>
+  <dc:title>入園案内_研究員による園案内.xlsx</dc:title>
 </cp:coreProperties>
 </file>